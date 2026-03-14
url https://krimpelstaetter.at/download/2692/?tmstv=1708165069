--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -4,268 +4,295 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7904480C" w14:textId="68DD2AAD" w:rsidR="00067E26" w:rsidRPr="00C301AA" w:rsidRDefault="009B2E94" w:rsidP="00BD7073">
+    <w:p w14:paraId="7904480C" w14:textId="1E083E9A" w:rsidR="00067E26" w:rsidRPr="00C301AA" w:rsidRDefault="009B2E94" w:rsidP="00BD7073">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK6"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D00417">
+      <w:r w:rsidR="00783DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>RNDSSUPPE MIT GEMÜSESCHÖBERL</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3BE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3341">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0091722D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0181">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000B5418">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00E2378E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
-        <w:t>SPECKKNÖDELSUPPE</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00E2378E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001F32BF" w:rsidRPr="00C301AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>6,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="001F32BF" w:rsidRPr="00C301AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B476B0" w:rsidRPr="00C301AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B476B0" w:rsidRPr="00C301AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF64C0" w:rsidRPr="00C301AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00D254B0" w:rsidRPr="00C301AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D1CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>STEIRISCHE KÜMMEL</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1A85">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>RAHM</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77295">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>SUPPE</w:t>
+      </w:r>
+      <w:r w:rsidR="00783DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B77295">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003F1795">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009604E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001F32BF" w:rsidRPr="00C301AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2378E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E2378E">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C301AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00722C32" w:rsidRPr="00C301AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00562325" w:rsidRPr="00C301AA">
+        <w:t>6,</w:t>
+      </w:r>
+      <w:r w:rsidR="004B12D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
-        <w:tab/>
-[...140 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00722C32" w:rsidRPr="00C301AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7337153C" w14:textId="16FAC916" w:rsidR="00C22B72" w:rsidRPr="002C41E7" w:rsidRDefault="00E31DD0" w:rsidP="00E31DD0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C301AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -411,247 +438,258 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>***</w:t>
       </w:r>
       <w:r w:rsidR="00265653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>******</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F4144F" w14:textId="77777777" w:rsidR="00E2378E" w:rsidRDefault="006965AE" w:rsidP="006965AE">
+    <w:p w14:paraId="3EA7C610" w14:textId="792CDFA2" w:rsidR="004B12D9" w:rsidRDefault="006965AE" w:rsidP="004B12D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2124" w:hanging="2124"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2378E">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">OFENFRISCHES BAUERNBRAT´L MIT </w:t>
+      <w:r w:rsidR="003F1795">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>GEBRATENES</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „BIO – FORELLENFILET“ MIT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D49802" w14:textId="2BB64C03" w:rsidR="006965AE" w:rsidRPr="006965AE" w:rsidRDefault="00E2378E" w:rsidP="006965AE">
+    <w:p w14:paraId="594F9785" w14:textId="34072283" w:rsidR="009604E2" w:rsidRPr="006965AE" w:rsidRDefault="009604E2" w:rsidP="00E53ED6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2124" w:hanging="2124"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>KNÖDEL UND KRAUTSALAT</w:t>
-[...5 lines deleted...]
-        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ERDÄPFELN UND RATATOUILLE – GEMÜSE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFFFC0A" w14:textId="6CFC0A4B" w:rsidR="0034041C" w:rsidRDefault="00636FFF" w:rsidP="00636FFF">
+    <w:p w14:paraId="5FFFFC0A" w14:textId="3235A382" w:rsidR="0034041C" w:rsidRDefault="00636FFF" w:rsidP="00636FFF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0034041C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>------</w:t>
       </w:r>
       <w:r w:rsidR="006F1DD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>------------------------------------------------------------------------------------</w:t>
+        <w:t>--------</w:t>
+      </w:r>
+      <w:r w:rsidR="00882175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>--------------------------</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>--------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D44CDD3" w14:textId="52FECAAB" w:rsidR="00034A58" w:rsidRDefault="00215348" w:rsidP="00215348">
+    <w:p w14:paraId="5D44CDD3" w14:textId="6DE2CF53" w:rsidR="00034A58" w:rsidRDefault="00215348" w:rsidP="00215348">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0052141A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0052141A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HAUSGEMACHTES PRALINEN – PARFAIT </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006168D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A570FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00E2378E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>HAUSGEMACHTER MOHNKUCHEN</w:t>
-[...41 lines deleted...]
-        <w:t>8</w:t>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="009831A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00B23886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,90</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2C4E17" w14:textId="63F79A51" w:rsidR="004F70BE" w:rsidRDefault="00B775DE" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
@@ -660,498 +698,529 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E31DD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>-----------------------------------------------------------------------</w:t>
       </w:r>
       <w:r w:rsidR="00883098">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>---------------</w:t>
       </w:r>
       <w:r w:rsidR="002621DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>--</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B0E90FE" w14:textId="77777777" w:rsidR="00E2378E" w:rsidRDefault="00E2378E" w:rsidP="00915CAB">
+    <w:p w14:paraId="04C8260B" w14:textId="77777777" w:rsidR="00783DC7" w:rsidRDefault="00783DC7" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F0C66E0" w14:textId="7707AC47" w:rsidR="007B524F" w:rsidRDefault="00A570FF" w:rsidP="00915CAB">
+    <w:p w14:paraId="2F3C7E95" w14:textId="6A9BB682" w:rsidR="00535898" w:rsidRDefault="003F1795" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>AUSG</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">  19,90</w:t>
+        <w:t>PINZGAUER BÄRLAUCH – KASPRESSKNÖDEL MIT SALATGARNITUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    16,90</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3844C7" w14:textId="77777777" w:rsidR="00535898" w:rsidRDefault="00535898" w:rsidP="00915CAB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C69284C" w14:textId="6CB3B5DF" w:rsidR="009831A7" w:rsidRDefault="003F1795" w:rsidP="00915CAB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ERDÄPFELGULASCH MT KNACKER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    14,90</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8B82CD" w14:textId="77777777" w:rsidR="003F1795" w:rsidRDefault="003F1795" w:rsidP="00915CAB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD58011" w14:textId="77777777" w:rsidR="003F1795" w:rsidRDefault="003F1795" w:rsidP="00915CAB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KALBS – REISFLEISCH VOM „BIOKALB“ MIT PARMESAN UND </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C152803" w14:textId="08883DB7" w:rsidR="003F1795" w:rsidRDefault="003F1795" w:rsidP="00915CAB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SALATTELLER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    17,90</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BEF169E" w14:textId="77777777" w:rsidR="009831A7" w:rsidRDefault="009831A7" w:rsidP="00915CAB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="128D12B3" w14:textId="49D84EF1" w:rsidR="0014749F" w:rsidRDefault="006709DB" w:rsidP="00915CAB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>AUSGELÖSTES BACKHENDL MIT ERDÄPFELSALAT UND PREISELBEEREN   19,90</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="006BB841" w14:textId="77777777" w:rsidR="007B524F" w:rsidRDefault="007B524F" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22F18AE0" w14:textId="01342962" w:rsidR="000862EE" w:rsidRDefault="000B5418" w:rsidP="00915CAB">
+    <w:p w14:paraId="009865A3" w14:textId="77777777" w:rsidR="00AA4275" w:rsidRDefault="00AA4275" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">GEBRATENE </w:t>
+        <w:t>GEBRATENE</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5418">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E2378E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">„BIO – </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000B5418">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>BLUTWURST</w:t>
       </w:r>
       <w:r w:rsidR="00E2378E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r>
-[...34 lines deleted...]
-        <w:t>17,90</w:t>
+      <w:r w:rsidR="000B5418">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MIT</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B5418">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SAUERKRAU</w:t>
+      </w:r>
+      <w:r w:rsidR="009604E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UND</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378F8B61" w14:textId="77777777" w:rsidR="00186F7D" w:rsidRDefault="00186F7D" w:rsidP="00915CAB">
+    <w:p w14:paraId="4309EF54" w14:textId="3C284324" w:rsidR="009604E2" w:rsidRDefault="00AA4275" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RÖSTERDÄPFELN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00636DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="009831A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00636DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>17,90</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5227B506" w14:textId="48BE0BFF" w:rsidR="00186F7D" w:rsidRDefault="00E2378E" w:rsidP="00915CAB">
+    <w:p w14:paraId="3CDECFAF" w14:textId="77777777" w:rsidR="00B91F2E" w:rsidRDefault="00B91F2E" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="17F897A7" w14:textId="77777777" w:rsidR="00FD5A00" w:rsidRDefault="00FD5A00" w:rsidP="00915CAB">
+    <w:p w14:paraId="013FF289" w14:textId="258C02FE" w:rsidR="00B91F2E" w:rsidRDefault="00B91F2E" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...134 lines deleted...]
-        <w:t>CORDON BLEU MIT POMMES FRITES UND PREISELBEEREN</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CORON BLEU MIT POMMES FRITES UND PREISELBEEREN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    19,90</w:t>
-      </w:r>
-[...92 lines deleted...]
-        <w:t>,90</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19629310" w14:textId="517FEC99" w:rsidR="00DD4562" w:rsidRDefault="008E3DBE" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
@@ -1276,135 +1345,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00186F7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,90</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D531693" w14:textId="4E1FBCA6" w:rsidR="00CC6FC8" w:rsidRDefault="00103B3D" w:rsidP="00915CAB">
+    <w:p w14:paraId="51D8301C" w14:textId="77777777" w:rsidR="009831A7" w:rsidRDefault="009831A7" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...71 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="04E9C607" w14:textId="490B8038" w:rsidR="00C97ABA" w:rsidRDefault="004902D4" w:rsidP="00915CAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>SALZBURGER BRAT</w:t>
       </w:r>
       <w:r w:rsidR="00D00417">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
@@ -1589,130 +1585,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    1</w:t>
       </w:r>
       <w:r w:rsidR="00186F7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00ED542C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1C8EE3" w14:textId="77777777" w:rsidR="007B524F" w:rsidRDefault="007B524F" w:rsidP="00E91027">
+    <w:p w14:paraId="69EF835B" w14:textId="737EF126" w:rsidR="007B524F" w:rsidRDefault="000B5418" w:rsidP="00E91027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...66 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -2081,59 +2009,59 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00645F84">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00B86021">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,5</w:t>
       </w:r>
       <w:r w:rsidR="00835EE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F68612B" w14:textId="77777777" w:rsidR="00E2378E" w:rsidRDefault="00E2378E" w:rsidP="00835EE4">
+    <w:p w14:paraId="1C735D2C" w14:textId="77777777" w:rsidR="00367F8A" w:rsidRDefault="00367F8A" w:rsidP="00835EE4">
       <w:pPr>
         <w:ind w:right="-288"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="608E5A04" w14:textId="07BB16DA" w:rsidR="00E31DD0" w:rsidRDefault="00E31DD0" w:rsidP="00835EE4">
+    <w:p w14:paraId="608E5A04" w14:textId="08CC30A8" w:rsidR="00E31DD0" w:rsidRDefault="00E31DD0" w:rsidP="00835EE4">
       <w:pPr>
         <w:ind w:right="-288"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>KNÖDEL MIT GULASCHSAFT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645F84">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>7,9</w:t>
       </w:r>
       <w:r>
@@ -2160,51 +2088,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00645F84">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>8,1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392DD035" w14:textId="77777777" w:rsidR="009915AD" w:rsidRDefault="009915AD" w:rsidP="00155481">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="744E1DFC" w14:textId="662136DE" w:rsidR="00AF45AA" w:rsidRPr="00186F7D" w:rsidRDefault="00E31DD0" w:rsidP="00155481">
+    <w:p w14:paraId="744E1DFC" w14:textId="51782CAB" w:rsidR="00AF45AA" w:rsidRPr="00186F7D" w:rsidRDefault="00E31DD0" w:rsidP="00155481">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ESSIGKNACKER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2231,68 +2159,84 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      8,</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00B86021">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00092F2F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5872F73C" w14:textId="1006EA10" w:rsidR="00FD7858" w:rsidRPr="00155481" w:rsidRDefault="00575640" w:rsidP="00155481">
+    <w:p w14:paraId="386E1008" w14:textId="77777777" w:rsidR="003F1795" w:rsidRDefault="003F1795" w:rsidP="00155481">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D4752C">
+    </w:p>
+    <w:p w14:paraId="5872F73C" w14:textId="6DB44954" w:rsidR="00FD7858" w:rsidRPr="00155481" w:rsidRDefault="00575640" w:rsidP="00155481">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4752C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>-------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0445E33D" w14:textId="45FA2D45" w:rsidR="00F202F0" w:rsidRDefault="00F202F0" w:rsidP="0006485B">
+    <w:p w14:paraId="1546AA82" w14:textId="77777777" w:rsidR="00AA4275" w:rsidRDefault="00AA4275" w:rsidP="0006485B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0445E33D" w14:textId="6FA4831C" w:rsidR="00F202F0" w:rsidRDefault="00F202F0" w:rsidP="0006485B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>HAUSGEMACHTE SACHERTORTE MIT SCHLAGOBERS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2478,58 +2422,58 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     8,90</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0024616D" w:rsidRPr="009F12FF" w:rsidSect="00CC5F32">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1106" w:bottom="1134" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D1B77D3" w14:textId="77777777" w:rsidR="00042E61" w:rsidRDefault="00042E61">
+    <w:p w14:paraId="3039AEA8" w14:textId="77777777" w:rsidR="003916E8" w:rsidRDefault="003916E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FEA0A48" w14:textId="77777777" w:rsidR="00042E61" w:rsidRDefault="00042E61">
+    <w:p w14:paraId="6051B7D0" w14:textId="77777777" w:rsidR="003916E8" w:rsidRDefault="003916E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2601,58 +2545,58 @@
   <w:p w14:paraId="793020E0" w14:textId="77777777" w:rsidR="002E2FBB" w:rsidRPr="00EF787C" w:rsidRDefault="002E2FBB" w:rsidP="00EF787C">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EF787C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Ab 14:00 Uhr servieren wir Ihnen von der Nachmittagskarte.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71F51059" w14:textId="77777777" w:rsidR="00042E61" w:rsidRDefault="00042E61">
+    <w:p w14:paraId="054553AE" w14:textId="77777777" w:rsidR="003916E8" w:rsidRDefault="003916E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FADCA2D" w14:textId="77777777" w:rsidR="00042E61" w:rsidRDefault="00042E61">
+    <w:p w14:paraId="7A085714" w14:textId="77777777" w:rsidR="003916E8" w:rsidRDefault="003916E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25BB2CF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="360275D6"/>
     <w:lvl w:ilvl="0" w:tplc="9A68F562">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2484" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3261,84 +3205,86 @@
     <w:rsid w:val="00031D61"/>
     <w:rsid w:val="000321BA"/>
     <w:rsid w:val="0003224B"/>
     <w:rsid w:val="0003273B"/>
     <w:rsid w:val="000327AC"/>
     <w:rsid w:val="000328AD"/>
     <w:rsid w:val="000329C4"/>
     <w:rsid w:val="00032D50"/>
     <w:rsid w:val="00032F4D"/>
     <w:rsid w:val="00033386"/>
     <w:rsid w:val="0003382E"/>
     <w:rsid w:val="000338EF"/>
     <w:rsid w:val="00033A76"/>
     <w:rsid w:val="00033C42"/>
     <w:rsid w:val="00034125"/>
     <w:rsid w:val="0003425D"/>
     <w:rsid w:val="000342E2"/>
     <w:rsid w:val="000344C1"/>
     <w:rsid w:val="00034A58"/>
     <w:rsid w:val="00035047"/>
     <w:rsid w:val="0003513A"/>
     <w:rsid w:val="00035287"/>
     <w:rsid w:val="00035355"/>
     <w:rsid w:val="0003542E"/>
     <w:rsid w:val="00035918"/>
+    <w:rsid w:val="00035983"/>
     <w:rsid w:val="000359D2"/>
     <w:rsid w:val="00035EF8"/>
     <w:rsid w:val="0003624E"/>
     <w:rsid w:val="00036809"/>
     <w:rsid w:val="00036B2A"/>
     <w:rsid w:val="00036BE5"/>
     <w:rsid w:val="00036C23"/>
     <w:rsid w:val="00036D25"/>
     <w:rsid w:val="000377B1"/>
     <w:rsid w:val="00037865"/>
     <w:rsid w:val="00037CF4"/>
     <w:rsid w:val="00037E55"/>
     <w:rsid w:val="0004022F"/>
     <w:rsid w:val="00040537"/>
     <w:rsid w:val="00040A40"/>
     <w:rsid w:val="00040BAB"/>
     <w:rsid w:val="00040D4E"/>
     <w:rsid w:val="00041023"/>
     <w:rsid w:val="0004118F"/>
     <w:rsid w:val="000413B8"/>
     <w:rsid w:val="0004153D"/>
     <w:rsid w:val="00041565"/>
     <w:rsid w:val="00041A5A"/>
     <w:rsid w:val="00041A95"/>
     <w:rsid w:val="00041BE0"/>
     <w:rsid w:val="00041DF6"/>
     <w:rsid w:val="000421FF"/>
     <w:rsid w:val="00042A52"/>
     <w:rsid w:val="00042E61"/>
     <w:rsid w:val="0004307B"/>
     <w:rsid w:val="00043F1A"/>
     <w:rsid w:val="00044325"/>
     <w:rsid w:val="0004473E"/>
     <w:rsid w:val="00044822"/>
+    <w:rsid w:val="000448D5"/>
     <w:rsid w:val="00044BA8"/>
     <w:rsid w:val="00044F49"/>
     <w:rsid w:val="00045482"/>
     <w:rsid w:val="000454A4"/>
     <w:rsid w:val="0004554E"/>
     <w:rsid w:val="0004559F"/>
     <w:rsid w:val="00045B80"/>
     <w:rsid w:val="00046163"/>
     <w:rsid w:val="0004667F"/>
     <w:rsid w:val="00046742"/>
     <w:rsid w:val="000467AE"/>
     <w:rsid w:val="00046933"/>
     <w:rsid w:val="00046B80"/>
     <w:rsid w:val="00046FD5"/>
     <w:rsid w:val="0004787F"/>
     <w:rsid w:val="0004790E"/>
     <w:rsid w:val="00050476"/>
     <w:rsid w:val="00050618"/>
     <w:rsid w:val="00050B11"/>
     <w:rsid w:val="00050B3D"/>
     <w:rsid w:val="00050BDE"/>
     <w:rsid w:val="00051155"/>
     <w:rsid w:val="00051C4B"/>
     <w:rsid w:val="00052165"/>
     <w:rsid w:val="0005253F"/>
@@ -3850,102 +3796,105 @@
     <w:rsid w:val="00126B1B"/>
     <w:rsid w:val="00126CE6"/>
     <w:rsid w:val="00126E2C"/>
     <w:rsid w:val="001273D3"/>
     <w:rsid w:val="00127E1C"/>
     <w:rsid w:val="001305CE"/>
     <w:rsid w:val="0013063F"/>
     <w:rsid w:val="00130671"/>
     <w:rsid w:val="001308B4"/>
     <w:rsid w:val="00130933"/>
     <w:rsid w:val="00130D90"/>
     <w:rsid w:val="001312ED"/>
     <w:rsid w:val="0013186D"/>
     <w:rsid w:val="0013191C"/>
     <w:rsid w:val="00131D9E"/>
     <w:rsid w:val="00132323"/>
     <w:rsid w:val="0013282C"/>
     <w:rsid w:val="00132867"/>
     <w:rsid w:val="001328B2"/>
     <w:rsid w:val="001328D6"/>
     <w:rsid w:val="00132F1E"/>
     <w:rsid w:val="00133669"/>
     <w:rsid w:val="00133D12"/>
     <w:rsid w:val="00133E5E"/>
     <w:rsid w:val="00134071"/>
+    <w:rsid w:val="00134276"/>
     <w:rsid w:val="00134485"/>
     <w:rsid w:val="001346F1"/>
     <w:rsid w:val="00134B4D"/>
     <w:rsid w:val="00134C93"/>
     <w:rsid w:val="00134DD1"/>
     <w:rsid w:val="00134E94"/>
     <w:rsid w:val="00134EAF"/>
     <w:rsid w:val="00135867"/>
     <w:rsid w:val="001358F6"/>
     <w:rsid w:val="0013592B"/>
     <w:rsid w:val="00135FF3"/>
     <w:rsid w:val="00136622"/>
     <w:rsid w:val="0013683B"/>
     <w:rsid w:val="001369ED"/>
     <w:rsid w:val="00136FDD"/>
     <w:rsid w:val="00137350"/>
     <w:rsid w:val="001374A4"/>
     <w:rsid w:val="001375A6"/>
     <w:rsid w:val="001378C7"/>
     <w:rsid w:val="00137EB4"/>
     <w:rsid w:val="00137EFB"/>
     <w:rsid w:val="00140461"/>
     <w:rsid w:val="0014046F"/>
     <w:rsid w:val="001406BE"/>
     <w:rsid w:val="00141298"/>
     <w:rsid w:val="001418C0"/>
     <w:rsid w:val="00141B63"/>
     <w:rsid w:val="0014261E"/>
     <w:rsid w:val="001429B1"/>
     <w:rsid w:val="00142A54"/>
     <w:rsid w:val="00142F02"/>
     <w:rsid w:val="00142F9C"/>
     <w:rsid w:val="0014317F"/>
     <w:rsid w:val="0014362A"/>
     <w:rsid w:val="0014452A"/>
     <w:rsid w:val="00144931"/>
     <w:rsid w:val="001449ED"/>
     <w:rsid w:val="00144AA8"/>
     <w:rsid w:val="00144CD2"/>
     <w:rsid w:val="00145042"/>
     <w:rsid w:val="001456D1"/>
     <w:rsid w:val="001463CE"/>
     <w:rsid w:val="0014691D"/>
     <w:rsid w:val="00146A0B"/>
     <w:rsid w:val="001470CA"/>
     <w:rsid w:val="001471F0"/>
+    <w:rsid w:val="0014749F"/>
     <w:rsid w:val="0014791C"/>
     <w:rsid w:val="00147B51"/>
     <w:rsid w:val="00147EB9"/>
     <w:rsid w:val="00150595"/>
     <w:rsid w:val="00150BBD"/>
     <w:rsid w:val="0015114A"/>
+    <w:rsid w:val="0015188A"/>
     <w:rsid w:val="001521BB"/>
     <w:rsid w:val="00152283"/>
     <w:rsid w:val="00152990"/>
     <w:rsid w:val="00152D70"/>
     <w:rsid w:val="00152F67"/>
     <w:rsid w:val="00152F83"/>
     <w:rsid w:val="001530F0"/>
     <w:rsid w:val="00153219"/>
     <w:rsid w:val="00153848"/>
     <w:rsid w:val="0015390B"/>
     <w:rsid w:val="001539C5"/>
     <w:rsid w:val="00153A6D"/>
     <w:rsid w:val="00153F05"/>
     <w:rsid w:val="001542D2"/>
     <w:rsid w:val="0015521A"/>
     <w:rsid w:val="00155481"/>
     <w:rsid w:val="00155817"/>
     <w:rsid w:val="00155B01"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="00156247"/>
     <w:rsid w:val="001564D4"/>
     <w:rsid w:val="00156559"/>
     <w:rsid w:val="001567CF"/>
     <w:rsid w:val="00156B8E"/>
     <w:rsid w:val="0015767F"/>
@@ -4200,50 +4149,51 @@
     <w:rsid w:val="001E078C"/>
     <w:rsid w:val="001E0C70"/>
     <w:rsid w:val="001E0E5D"/>
     <w:rsid w:val="001E1475"/>
     <w:rsid w:val="001E14BA"/>
     <w:rsid w:val="001E15C8"/>
     <w:rsid w:val="001E1BBE"/>
     <w:rsid w:val="001E1CB1"/>
     <w:rsid w:val="001E1D37"/>
     <w:rsid w:val="001E1F37"/>
     <w:rsid w:val="001E24CD"/>
     <w:rsid w:val="001E2571"/>
     <w:rsid w:val="001E27C0"/>
     <w:rsid w:val="001E2BCC"/>
     <w:rsid w:val="001E2D87"/>
     <w:rsid w:val="001E33E5"/>
     <w:rsid w:val="001E35F9"/>
     <w:rsid w:val="001E3685"/>
     <w:rsid w:val="001E3882"/>
     <w:rsid w:val="001E3AD5"/>
     <w:rsid w:val="001E3F06"/>
     <w:rsid w:val="001E440C"/>
     <w:rsid w:val="001E446F"/>
     <w:rsid w:val="001E4AA9"/>
     <w:rsid w:val="001E4B10"/>
+    <w:rsid w:val="001E5C4F"/>
     <w:rsid w:val="001E6330"/>
     <w:rsid w:val="001E6CBE"/>
     <w:rsid w:val="001E6DE4"/>
     <w:rsid w:val="001E6F1B"/>
     <w:rsid w:val="001E6F8A"/>
     <w:rsid w:val="001E70CD"/>
     <w:rsid w:val="001E7702"/>
     <w:rsid w:val="001E7DEE"/>
     <w:rsid w:val="001E7F0A"/>
     <w:rsid w:val="001F0427"/>
     <w:rsid w:val="001F0D8C"/>
     <w:rsid w:val="001F15B4"/>
     <w:rsid w:val="001F17DE"/>
     <w:rsid w:val="001F1F05"/>
     <w:rsid w:val="001F1F15"/>
     <w:rsid w:val="001F1F27"/>
     <w:rsid w:val="001F2005"/>
     <w:rsid w:val="001F25C1"/>
     <w:rsid w:val="001F2C43"/>
     <w:rsid w:val="001F2DEC"/>
     <w:rsid w:val="001F2FC2"/>
     <w:rsid w:val="001F32BF"/>
     <w:rsid w:val="001F39FC"/>
     <w:rsid w:val="001F3DF2"/>
     <w:rsid w:val="001F3F01"/>
@@ -4584,50 +4534,51 @@
     <w:rsid w:val="002966B8"/>
     <w:rsid w:val="002967BE"/>
     <w:rsid w:val="002968BD"/>
     <w:rsid w:val="00296B80"/>
     <w:rsid w:val="00296BFA"/>
     <w:rsid w:val="00296EBC"/>
     <w:rsid w:val="00296ED4"/>
     <w:rsid w:val="00296FC8"/>
     <w:rsid w:val="00297247"/>
     <w:rsid w:val="0029733C"/>
     <w:rsid w:val="00297450"/>
     <w:rsid w:val="002976EE"/>
     <w:rsid w:val="00297B66"/>
     <w:rsid w:val="00297D03"/>
     <w:rsid w:val="002A0336"/>
     <w:rsid w:val="002A0A2C"/>
     <w:rsid w:val="002A0B0D"/>
     <w:rsid w:val="002A0B31"/>
     <w:rsid w:val="002A0DA3"/>
     <w:rsid w:val="002A0F3F"/>
     <w:rsid w:val="002A10F0"/>
     <w:rsid w:val="002A134F"/>
     <w:rsid w:val="002A1FE5"/>
     <w:rsid w:val="002A1FE6"/>
     <w:rsid w:val="002A3222"/>
+    <w:rsid w:val="002A35EE"/>
     <w:rsid w:val="002A3766"/>
     <w:rsid w:val="002A3982"/>
     <w:rsid w:val="002A3DEB"/>
     <w:rsid w:val="002A46C9"/>
     <w:rsid w:val="002A4702"/>
     <w:rsid w:val="002A4B10"/>
     <w:rsid w:val="002A50D4"/>
     <w:rsid w:val="002A57D9"/>
     <w:rsid w:val="002A5CBC"/>
     <w:rsid w:val="002A6615"/>
     <w:rsid w:val="002A6C29"/>
     <w:rsid w:val="002A6C2D"/>
     <w:rsid w:val="002A6CFB"/>
     <w:rsid w:val="002A6D63"/>
     <w:rsid w:val="002A6F86"/>
     <w:rsid w:val="002A71C9"/>
     <w:rsid w:val="002A71EF"/>
     <w:rsid w:val="002A74D5"/>
     <w:rsid w:val="002A76CB"/>
     <w:rsid w:val="002B0489"/>
     <w:rsid w:val="002B0864"/>
     <w:rsid w:val="002B0FBD"/>
     <w:rsid w:val="002B0FCA"/>
     <w:rsid w:val="002B1518"/>
     <w:rsid w:val="002B1727"/>
@@ -4848,50 +4799,51 @@
     <w:rsid w:val="00304D28"/>
     <w:rsid w:val="003050D6"/>
     <w:rsid w:val="00305227"/>
     <w:rsid w:val="00305491"/>
     <w:rsid w:val="003054E5"/>
     <w:rsid w:val="00305F0A"/>
     <w:rsid w:val="00305F24"/>
     <w:rsid w:val="00306354"/>
     <w:rsid w:val="003063E2"/>
     <w:rsid w:val="00306832"/>
     <w:rsid w:val="00306A8F"/>
     <w:rsid w:val="00306F34"/>
     <w:rsid w:val="00306FC1"/>
     <w:rsid w:val="0030749C"/>
     <w:rsid w:val="00307E0C"/>
     <w:rsid w:val="0031021D"/>
     <w:rsid w:val="003105B1"/>
     <w:rsid w:val="003109BA"/>
     <w:rsid w:val="00310D5A"/>
     <w:rsid w:val="00310E01"/>
     <w:rsid w:val="00310E2E"/>
     <w:rsid w:val="003115A5"/>
     <w:rsid w:val="00311755"/>
     <w:rsid w:val="003119AE"/>
     <w:rsid w:val="00311AB2"/>
+    <w:rsid w:val="00311FB1"/>
     <w:rsid w:val="00312087"/>
     <w:rsid w:val="00312143"/>
     <w:rsid w:val="003124EF"/>
     <w:rsid w:val="00312557"/>
     <w:rsid w:val="00312AB9"/>
     <w:rsid w:val="00312B1A"/>
     <w:rsid w:val="00312CA8"/>
     <w:rsid w:val="00312D70"/>
     <w:rsid w:val="00312E26"/>
     <w:rsid w:val="0031301D"/>
     <w:rsid w:val="003132DA"/>
     <w:rsid w:val="0031336D"/>
     <w:rsid w:val="00313E13"/>
     <w:rsid w:val="0031477F"/>
     <w:rsid w:val="00314B8B"/>
     <w:rsid w:val="00314F10"/>
     <w:rsid w:val="003158B2"/>
     <w:rsid w:val="00315BBE"/>
     <w:rsid w:val="00315D51"/>
     <w:rsid w:val="00315EAF"/>
     <w:rsid w:val="00316945"/>
     <w:rsid w:val="00316C3A"/>
     <w:rsid w:val="00316D7E"/>
     <w:rsid w:val="00317215"/>
     <w:rsid w:val="0031723C"/>
@@ -5064,178 +5016,183 @@
     <w:rsid w:val="003634F0"/>
     <w:rsid w:val="0036365E"/>
     <w:rsid w:val="00363A06"/>
     <w:rsid w:val="00363A38"/>
     <w:rsid w:val="00363E33"/>
     <w:rsid w:val="00364010"/>
     <w:rsid w:val="0036440D"/>
     <w:rsid w:val="00364420"/>
     <w:rsid w:val="0036447E"/>
     <w:rsid w:val="003648A4"/>
     <w:rsid w:val="00364A76"/>
     <w:rsid w:val="00364E6E"/>
     <w:rsid w:val="0036517F"/>
     <w:rsid w:val="003652CE"/>
     <w:rsid w:val="0036567F"/>
     <w:rsid w:val="00365B09"/>
     <w:rsid w:val="00365D4C"/>
     <w:rsid w:val="003667B4"/>
     <w:rsid w:val="003669AB"/>
     <w:rsid w:val="00366A85"/>
     <w:rsid w:val="00366F4D"/>
     <w:rsid w:val="00367135"/>
     <w:rsid w:val="00367429"/>
     <w:rsid w:val="0036785D"/>
     <w:rsid w:val="00367AF0"/>
+    <w:rsid w:val="00367F8A"/>
     <w:rsid w:val="00370028"/>
     <w:rsid w:val="00370B42"/>
     <w:rsid w:val="00370BD9"/>
     <w:rsid w:val="00371195"/>
     <w:rsid w:val="003715A1"/>
     <w:rsid w:val="0037223D"/>
     <w:rsid w:val="00372EC8"/>
     <w:rsid w:val="00373025"/>
     <w:rsid w:val="00373131"/>
     <w:rsid w:val="0037316E"/>
     <w:rsid w:val="00373631"/>
     <w:rsid w:val="00373ED4"/>
     <w:rsid w:val="00373EF0"/>
     <w:rsid w:val="00373FF9"/>
     <w:rsid w:val="00374502"/>
     <w:rsid w:val="00374D35"/>
     <w:rsid w:val="003751A5"/>
     <w:rsid w:val="003751B9"/>
     <w:rsid w:val="00375268"/>
     <w:rsid w:val="0037526F"/>
     <w:rsid w:val="0037546D"/>
     <w:rsid w:val="003755A6"/>
     <w:rsid w:val="00375B7B"/>
     <w:rsid w:val="0037660A"/>
     <w:rsid w:val="0037678F"/>
     <w:rsid w:val="00376CB0"/>
     <w:rsid w:val="003772DA"/>
     <w:rsid w:val="003773FB"/>
     <w:rsid w:val="003775E9"/>
     <w:rsid w:val="00377CF8"/>
     <w:rsid w:val="00377FBD"/>
+    <w:rsid w:val="003807A9"/>
     <w:rsid w:val="00380CEE"/>
     <w:rsid w:val="00380F18"/>
     <w:rsid w:val="00380F29"/>
     <w:rsid w:val="00380F6F"/>
     <w:rsid w:val="0038104A"/>
     <w:rsid w:val="003810FA"/>
     <w:rsid w:val="0038158A"/>
     <w:rsid w:val="00381600"/>
     <w:rsid w:val="0038246B"/>
     <w:rsid w:val="00382642"/>
     <w:rsid w:val="00383608"/>
     <w:rsid w:val="0038362B"/>
     <w:rsid w:val="00383690"/>
     <w:rsid w:val="00383A27"/>
     <w:rsid w:val="00383ADF"/>
     <w:rsid w:val="00383D6A"/>
     <w:rsid w:val="00383F83"/>
     <w:rsid w:val="00383FB9"/>
     <w:rsid w:val="003840E1"/>
     <w:rsid w:val="00384610"/>
     <w:rsid w:val="0038463A"/>
     <w:rsid w:val="003849DE"/>
     <w:rsid w:val="00384CD9"/>
     <w:rsid w:val="00385220"/>
     <w:rsid w:val="0038549D"/>
     <w:rsid w:val="0038577C"/>
     <w:rsid w:val="003857FC"/>
     <w:rsid w:val="003858DC"/>
     <w:rsid w:val="0038594B"/>
     <w:rsid w:val="00385D8A"/>
     <w:rsid w:val="00385DC2"/>
     <w:rsid w:val="00386073"/>
     <w:rsid w:val="003861B9"/>
     <w:rsid w:val="00386453"/>
     <w:rsid w:val="00386D84"/>
     <w:rsid w:val="00386DB6"/>
     <w:rsid w:val="00386DEA"/>
     <w:rsid w:val="00387D16"/>
     <w:rsid w:val="00387D53"/>
     <w:rsid w:val="00387D63"/>
     <w:rsid w:val="00387EEF"/>
     <w:rsid w:val="00390385"/>
     <w:rsid w:val="003904EC"/>
     <w:rsid w:val="0039059B"/>
     <w:rsid w:val="003910E3"/>
     <w:rsid w:val="003914BB"/>
     <w:rsid w:val="003915A4"/>
+    <w:rsid w:val="003916E8"/>
     <w:rsid w:val="00391A04"/>
     <w:rsid w:val="00391EA5"/>
     <w:rsid w:val="0039217D"/>
     <w:rsid w:val="00392627"/>
     <w:rsid w:val="00392E34"/>
     <w:rsid w:val="0039312B"/>
     <w:rsid w:val="00393305"/>
     <w:rsid w:val="00393C61"/>
     <w:rsid w:val="00393DC4"/>
     <w:rsid w:val="00394019"/>
     <w:rsid w:val="00395158"/>
     <w:rsid w:val="00395318"/>
     <w:rsid w:val="00395551"/>
     <w:rsid w:val="003957B8"/>
     <w:rsid w:val="00395BEC"/>
     <w:rsid w:val="00395D94"/>
     <w:rsid w:val="003967EE"/>
     <w:rsid w:val="00396C89"/>
     <w:rsid w:val="00396F75"/>
     <w:rsid w:val="00397428"/>
     <w:rsid w:val="00397D98"/>
     <w:rsid w:val="00397EF9"/>
     <w:rsid w:val="00397EFF"/>
     <w:rsid w:val="00397FE8"/>
     <w:rsid w:val="003A052A"/>
     <w:rsid w:val="003A06C0"/>
     <w:rsid w:val="003A06D7"/>
     <w:rsid w:val="003A0E57"/>
     <w:rsid w:val="003A158C"/>
     <w:rsid w:val="003A1693"/>
     <w:rsid w:val="003A184E"/>
     <w:rsid w:val="003A1909"/>
     <w:rsid w:val="003A1AC2"/>
     <w:rsid w:val="003A1E1C"/>
     <w:rsid w:val="003A2182"/>
     <w:rsid w:val="003A242D"/>
     <w:rsid w:val="003A26F4"/>
     <w:rsid w:val="003A28A5"/>
     <w:rsid w:val="003A2BB9"/>
     <w:rsid w:val="003A318C"/>
     <w:rsid w:val="003A3262"/>
     <w:rsid w:val="003A3377"/>
     <w:rsid w:val="003A3529"/>
     <w:rsid w:val="003A3734"/>
     <w:rsid w:val="003A3E38"/>
     <w:rsid w:val="003A3EE5"/>
+    <w:rsid w:val="003A3FB7"/>
     <w:rsid w:val="003A4070"/>
     <w:rsid w:val="003A4147"/>
     <w:rsid w:val="003A46A3"/>
     <w:rsid w:val="003A4B30"/>
+    <w:rsid w:val="003A4B4B"/>
     <w:rsid w:val="003A4B4F"/>
     <w:rsid w:val="003A4CFB"/>
     <w:rsid w:val="003A5446"/>
     <w:rsid w:val="003A5C78"/>
     <w:rsid w:val="003A5DE7"/>
     <w:rsid w:val="003A5E52"/>
     <w:rsid w:val="003A66DE"/>
     <w:rsid w:val="003A6E94"/>
     <w:rsid w:val="003A75E2"/>
     <w:rsid w:val="003A7622"/>
     <w:rsid w:val="003A7A98"/>
     <w:rsid w:val="003A7D02"/>
     <w:rsid w:val="003A7FAA"/>
     <w:rsid w:val="003B009A"/>
     <w:rsid w:val="003B0C15"/>
     <w:rsid w:val="003B0E57"/>
     <w:rsid w:val="003B16D5"/>
     <w:rsid w:val="003B1B17"/>
     <w:rsid w:val="003B1BFB"/>
     <w:rsid w:val="003B1F3F"/>
     <w:rsid w:val="003B1FC8"/>
     <w:rsid w:val="003B2B68"/>
     <w:rsid w:val="003B334E"/>
     <w:rsid w:val="003B3C87"/>
     <w:rsid w:val="003B3EB9"/>
@@ -5351,50 +5308,51 @@
     <w:rsid w:val="003E45BE"/>
     <w:rsid w:val="003E4A01"/>
     <w:rsid w:val="003E4AAD"/>
     <w:rsid w:val="003E4E0E"/>
     <w:rsid w:val="003E4FB3"/>
     <w:rsid w:val="003E500B"/>
     <w:rsid w:val="003E518A"/>
     <w:rsid w:val="003E5AA7"/>
     <w:rsid w:val="003E5AAD"/>
     <w:rsid w:val="003E5AD4"/>
     <w:rsid w:val="003E5B6F"/>
     <w:rsid w:val="003E61E8"/>
     <w:rsid w:val="003E6648"/>
     <w:rsid w:val="003E6CF5"/>
     <w:rsid w:val="003E6F09"/>
     <w:rsid w:val="003E752B"/>
     <w:rsid w:val="003E77AE"/>
     <w:rsid w:val="003E7937"/>
     <w:rsid w:val="003E79FC"/>
     <w:rsid w:val="003E7E36"/>
     <w:rsid w:val="003F04B0"/>
     <w:rsid w:val="003F0B6D"/>
     <w:rsid w:val="003F0E8E"/>
     <w:rsid w:val="003F1052"/>
     <w:rsid w:val="003F1732"/>
+    <w:rsid w:val="003F1795"/>
     <w:rsid w:val="003F1FED"/>
     <w:rsid w:val="003F2294"/>
     <w:rsid w:val="003F2346"/>
     <w:rsid w:val="003F2648"/>
     <w:rsid w:val="003F2BAD"/>
     <w:rsid w:val="003F4C6B"/>
     <w:rsid w:val="003F502D"/>
     <w:rsid w:val="003F53A3"/>
     <w:rsid w:val="003F5872"/>
     <w:rsid w:val="003F597E"/>
     <w:rsid w:val="003F5981"/>
     <w:rsid w:val="003F5F87"/>
     <w:rsid w:val="003F61B6"/>
     <w:rsid w:val="003F6687"/>
     <w:rsid w:val="003F6738"/>
     <w:rsid w:val="003F67BE"/>
     <w:rsid w:val="003F6C93"/>
     <w:rsid w:val="003F6F50"/>
     <w:rsid w:val="003F7709"/>
     <w:rsid w:val="003F7D8F"/>
     <w:rsid w:val="003F7F58"/>
     <w:rsid w:val="004000F7"/>
     <w:rsid w:val="0040085D"/>
     <w:rsid w:val="00400A74"/>
     <w:rsid w:val="004015D4"/>
@@ -5427,50 +5385,51 @@
     <w:rsid w:val="00405F1D"/>
     <w:rsid w:val="004060EF"/>
     <w:rsid w:val="00406779"/>
     <w:rsid w:val="0040682B"/>
     <w:rsid w:val="00406ACF"/>
     <w:rsid w:val="00406CF5"/>
     <w:rsid w:val="00406DE6"/>
     <w:rsid w:val="00407253"/>
     <w:rsid w:val="00407455"/>
     <w:rsid w:val="00407567"/>
     <w:rsid w:val="00410A72"/>
     <w:rsid w:val="00411688"/>
     <w:rsid w:val="00411709"/>
     <w:rsid w:val="00411889"/>
     <w:rsid w:val="0041284A"/>
     <w:rsid w:val="00412A81"/>
     <w:rsid w:val="00412AD7"/>
     <w:rsid w:val="00412D42"/>
     <w:rsid w:val="0041387E"/>
     <w:rsid w:val="00413AED"/>
     <w:rsid w:val="00413B32"/>
     <w:rsid w:val="00413C7A"/>
     <w:rsid w:val="00413E59"/>
     <w:rsid w:val="00413F85"/>
     <w:rsid w:val="00413FD8"/>
+    <w:rsid w:val="00414422"/>
     <w:rsid w:val="00414D88"/>
     <w:rsid w:val="00414F20"/>
     <w:rsid w:val="0041559B"/>
     <w:rsid w:val="004155B3"/>
     <w:rsid w:val="004157B3"/>
     <w:rsid w:val="00415B90"/>
     <w:rsid w:val="00416080"/>
     <w:rsid w:val="004166B4"/>
     <w:rsid w:val="00416B2A"/>
     <w:rsid w:val="004171CD"/>
     <w:rsid w:val="00417582"/>
     <w:rsid w:val="00417982"/>
     <w:rsid w:val="00417FE1"/>
     <w:rsid w:val="00420027"/>
     <w:rsid w:val="00420138"/>
     <w:rsid w:val="00420A0F"/>
     <w:rsid w:val="00420BA4"/>
     <w:rsid w:val="00420C1D"/>
     <w:rsid w:val="00420EA6"/>
     <w:rsid w:val="00421340"/>
     <w:rsid w:val="0042156B"/>
     <w:rsid w:val="00421666"/>
     <w:rsid w:val="004217EF"/>
     <w:rsid w:val="00421B95"/>
     <w:rsid w:val="00421E73"/>
@@ -5581,50 +5540,51 @@
     <w:rsid w:val="00452EDE"/>
     <w:rsid w:val="00453A13"/>
     <w:rsid w:val="00453E62"/>
     <w:rsid w:val="004548A6"/>
     <w:rsid w:val="004548E1"/>
     <w:rsid w:val="00454AAE"/>
     <w:rsid w:val="00454B08"/>
     <w:rsid w:val="00454DA6"/>
     <w:rsid w:val="00454DC1"/>
     <w:rsid w:val="00454EAC"/>
     <w:rsid w:val="00454FAA"/>
     <w:rsid w:val="0045541E"/>
     <w:rsid w:val="0045562E"/>
     <w:rsid w:val="00455872"/>
     <w:rsid w:val="00455A23"/>
     <w:rsid w:val="00455C8E"/>
     <w:rsid w:val="0045628C"/>
     <w:rsid w:val="00456B70"/>
     <w:rsid w:val="00457045"/>
     <w:rsid w:val="004570E9"/>
     <w:rsid w:val="00457475"/>
     <w:rsid w:val="00457529"/>
     <w:rsid w:val="00457A21"/>
     <w:rsid w:val="00457B88"/>
     <w:rsid w:val="00460313"/>
+    <w:rsid w:val="00460D6F"/>
     <w:rsid w:val="00461248"/>
     <w:rsid w:val="00461458"/>
     <w:rsid w:val="00462153"/>
     <w:rsid w:val="004621D7"/>
     <w:rsid w:val="00462349"/>
     <w:rsid w:val="0046281D"/>
     <w:rsid w:val="00462A47"/>
     <w:rsid w:val="00462E6A"/>
     <w:rsid w:val="00462FB7"/>
     <w:rsid w:val="0046343E"/>
     <w:rsid w:val="004636BC"/>
     <w:rsid w:val="00463945"/>
     <w:rsid w:val="004639DC"/>
     <w:rsid w:val="00463E5A"/>
     <w:rsid w:val="00463F29"/>
     <w:rsid w:val="00463FF6"/>
     <w:rsid w:val="0046422E"/>
     <w:rsid w:val="004643DD"/>
     <w:rsid w:val="0046440E"/>
     <w:rsid w:val="00464BF1"/>
     <w:rsid w:val="00464C2A"/>
     <w:rsid w:val="00465246"/>
     <w:rsid w:val="004657D7"/>
     <w:rsid w:val="00465C1E"/>
     <w:rsid w:val="00465D0E"/>
@@ -5766,50 +5726,51 @@
     <w:rsid w:val="004A2930"/>
     <w:rsid w:val="004A2E5E"/>
     <w:rsid w:val="004A3116"/>
     <w:rsid w:val="004A34DD"/>
     <w:rsid w:val="004A3804"/>
     <w:rsid w:val="004A3AEC"/>
     <w:rsid w:val="004A4076"/>
     <w:rsid w:val="004A4163"/>
     <w:rsid w:val="004A4508"/>
     <w:rsid w:val="004A49F5"/>
     <w:rsid w:val="004A4E59"/>
     <w:rsid w:val="004A5000"/>
     <w:rsid w:val="004A5284"/>
     <w:rsid w:val="004A5594"/>
     <w:rsid w:val="004A5B19"/>
     <w:rsid w:val="004A5FA0"/>
     <w:rsid w:val="004A6405"/>
     <w:rsid w:val="004A6414"/>
     <w:rsid w:val="004A6655"/>
     <w:rsid w:val="004A6815"/>
     <w:rsid w:val="004A6864"/>
     <w:rsid w:val="004A6955"/>
     <w:rsid w:val="004A75A8"/>
     <w:rsid w:val="004A7C86"/>
     <w:rsid w:val="004B0B63"/>
+    <w:rsid w:val="004B12D9"/>
     <w:rsid w:val="004B13FC"/>
     <w:rsid w:val="004B1460"/>
     <w:rsid w:val="004B14BD"/>
     <w:rsid w:val="004B1539"/>
     <w:rsid w:val="004B1C5D"/>
     <w:rsid w:val="004B1CFE"/>
     <w:rsid w:val="004B1DEA"/>
     <w:rsid w:val="004B2162"/>
     <w:rsid w:val="004B21C2"/>
     <w:rsid w:val="004B21C9"/>
     <w:rsid w:val="004B2235"/>
     <w:rsid w:val="004B2244"/>
     <w:rsid w:val="004B2265"/>
     <w:rsid w:val="004B2C0F"/>
     <w:rsid w:val="004B2C82"/>
     <w:rsid w:val="004B2CD5"/>
     <w:rsid w:val="004B2E2C"/>
     <w:rsid w:val="004B3362"/>
     <w:rsid w:val="004B36F2"/>
     <w:rsid w:val="004B3803"/>
     <w:rsid w:val="004B409F"/>
     <w:rsid w:val="004B427C"/>
     <w:rsid w:val="004B4659"/>
     <w:rsid w:val="004B465B"/>
     <w:rsid w:val="004B5080"/>
@@ -5846,50 +5807,51 @@
     <w:rsid w:val="004C1DA3"/>
     <w:rsid w:val="004C233A"/>
     <w:rsid w:val="004C2475"/>
     <w:rsid w:val="004C2B28"/>
     <w:rsid w:val="004C2B5E"/>
     <w:rsid w:val="004C33B4"/>
     <w:rsid w:val="004C3BC1"/>
     <w:rsid w:val="004C3C85"/>
     <w:rsid w:val="004C44AB"/>
     <w:rsid w:val="004C4B31"/>
     <w:rsid w:val="004C4C94"/>
     <w:rsid w:val="004C4CBC"/>
     <w:rsid w:val="004C4F41"/>
     <w:rsid w:val="004C550A"/>
     <w:rsid w:val="004C592B"/>
     <w:rsid w:val="004C6F56"/>
     <w:rsid w:val="004C7044"/>
     <w:rsid w:val="004C7171"/>
     <w:rsid w:val="004C779E"/>
     <w:rsid w:val="004C7C12"/>
     <w:rsid w:val="004D05E4"/>
     <w:rsid w:val="004D0998"/>
     <w:rsid w:val="004D10EC"/>
     <w:rsid w:val="004D16A1"/>
     <w:rsid w:val="004D19ED"/>
+    <w:rsid w:val="004D1CAC"/>
     <w:rsid w:val="004D23D9"/>
     <w:rsid w:val="004D248D"/>
     <w:rsid w:val="004D2611"/>
     <w:rsid w:val="004D27BC"/>
     <w:rsid w:val="004D2A2E"/>
     <w:rsid w:val="004D2BB0"/>
     <w:rsid w:val="004D2F8B"/>
     <w:rsid w:val="004D3334"/>
     <w:rsid w:val="004D3859"/>
     <w:rsid w:val="004D3B81"/>
     <w:rsid w:val="004D3F7F"/>
     <w:rsid w:val="004D490D"/>
     <w:rsid w:val="004D4B3B"/>
     <w:rsid w:val="004D4CB9"/>
     <w:rsid w:val="004D4CE2"/>
     <w:rsid w:val="004D5537"/>
     <w:rsid w:val="004D5B19"/>
     <w:rsid w:val="004D60DD"/>
     <w:rsid w:val="004D62CF"/>
     <w:rsid w:val="004D63C1"/>
     <w:rsid w:val="004D69E4"/>
     <w:rsid w:val="004D7478"/>
     <w:rsid w:val="004D7563"/>
     <w:rsid w:val="004D761C"/>
     <w:rsid w:val="004E031B"/>
@@ -6075,50 +6037,51 @@
     <w:rsid w:val="005321A9"/>
     <w:rsid w:val="00532260"/>
     <w:rsid w:val="00532389"/>
     <w:rsid w:val="00532526"/>
     <w:rsid w:val="005330E2"/>
     <w:rsid w:val="005332C2"/>
     <w:rsid w:val="0053351E"/>
     <w:rsid w:val="0053366A"/>
     <w:rsid w:val="00533AD7"/>
     <w:rsid w:val="00533D70"/>
     <w:rsid w:val="00533E8F"/>
     <w:rsid w:val="00533EB9"/>
     <w:rsid w:val="00533F15"/>
     <w:rsid w:val="00533F7F"/>
     <w:rsid w:val="0053428C"/>
     <w:rsid w:val="00534367"/>
     <w:rsid w:val="00534513"/>
     <w:rsid w:val="0053458C"/>
     <w:rsid w:val="00534988"/>
     <w:rsid w:val="00534A0B"/>
     <w:rsid w:val="00534BE5"/>
     <w:rsid w:val="00535022"/>
     <w:rsid w:val="0053539D"/>
     <w:rsid w:val="0053548F"/>
     <w:rsid w:val="0053583C"/>
+    <w:rsid w:val="00535898"/>
     <w:rsid w:val="00535A7D"/>
     <w:rsid w:val="00535E1D"/>
     <w:rsid w:val="0053631D"/>
     <w:rsid w:val="0053647A"/>
     <w:rsid w:val="005365B8"/>
     <w:rsid w:val="0053669B"/>
     <w:rsid w:val="00536934"/>
     <w:rsid w:val="005369E0"/>
     <w:rsid w:val="00536AAB"/>
     <w:rsid w:val="00536E06"/>
     <w:rsid w:val="00536EA5"/>
     <w:rsid w:val="00536FB7"/>
     <w:rsid w:val="005370C7"/>
     <w:rsid w:val="00537505"/>
     <w:rsid w:val="00537776"/>
     <w:rsid w:val="00537872"/>
     <w:rsid w:val="00537DF7"/>
     <w:rsid w:val="00537FD2"/>
     <w:rsid w:val="00537FD7"/>
     <w:rsid w:val="00540067"/>
     <w:rsid w:val="00540264"/>
     <w:rsid w:val="00540318"/>
     <w:rsid w:val="00540528"/>
     <w:rsid w:val="00540BA0"/>
     <w:rsid w:val="00540C8E"/>
@@ -6359,59 +6322,61 @@
     <w:rsid w:val="005A3C46"/>
     <w:rsid w:val="005A41E8"/>
     <w:rsid w:val="005A4A64"/>
     <w:rsid w:val="005A4AEE"/>
     <w:rsid w:val="005A5006"/>
     <w:rsid w:val="005A5BE5"/>
     <w:rsid w:val="005A666C"/>
     <w:rsid w:val="005A69CA"/>
     <w:rsid w:val="005A7419"/>
     <w:rsid w:val="005A7561"/>
     <w:rsid w:val="005A7CC7"/>
     <w:rsid w:val="005A7DCC"/>
     <w:rsid w:val="005A7F24"/>
     <w:rsid w:val="005B0293"/>
     <w:rsid w:val="005B0368"/>
     <w:rsid w:val="005B0499"/>
     <w:rsid w:val="005B0B17"/>
     <w:rsid w:val="005B12D3"/>
     <w:rsid w:val="005B13EF"/>
     <w:rsid w:val="005B20F5"/>
     <w:rsid w:val="005B23CA"/>
     <w:rsid w:val="005B28D7"/>
     <w:rsid w:val="005B29BC"/>
     <w:rsid w:val="005B3A7F"/>
     <w:rsid w:val="005B3AEA"/>
+    <w:rsid w:val="005B3AF3"/>
     <w:rsid w:val="005B3BF8"/>
     <w:rsid w:val="005B3DC7"/>
     <w:rsid w:val="005B4BB4"/>
     <w:rsid w:val="005B51F7"/>
     <w:rsid w:val="005B5269"/>
     <w:rsid w:val="005B59D4"/>
     <w:rsid w:val="005B5E9D"/>
     <w:rsid w:val="005B67C7"/>
     <w:rsid w:val="005B69AA"/>
+    <w:rsid w:val="005B6B6E"/>
     <w:rsid w:val="005B6BA5"/>
     <w:rsid w:val="005B724C"/>
     <w:rsid w:val="005B74EE"/>
     <w:rsid w:val="005B7B79"/>
     <w:rsid w:val="005C0254"/>
     <w:rsid w:val="005C07A3"/>
     <w:rsid w:val="005C08B9"/>
     <w:rsid w:val="005C08DF"/>
     <w:rsid w:val="005C0A8B"/>
     <w:rsid w:val="005C101B"/>
     <w:rsid w:val="005C1252"/>
     <w:rsid w:val="005C1762"/>
     <w:rsid w:val="005C28A5"/>
     <w:rsid w:val="005C2A1C"/>
     <w:rsid w:val="005C2D7A"/>
     <w:rsid w:val="005C31C7"/>
     <w:rsid w:val="005C31CE"/>
     <w:rsid w:val="005C334A"/>
     <w:rsid w:val="005C35FA"/>
     <w:rsid w:val="005C3B01"/>
     <w:rsid w:val="005C41EF"/>
     <w:rsid w:val="005C4250"/>
     <w:rsid w:val="005C4460"/>
     <w:rsid w:val="005C4720"/>
     <w:rsid w:val="005C48B9"/>
@@ -6582,50 +6547,51 @@
     <w:rsid w:val="00611667"/>
     <w:rsid w:val="00611683"/>
     <w:rsid w:val="006117F5"/>
     <w:rsid w:val="006119FA"/>
     <w:rsid w:val="00612298"/>
     <w:rsid w:val="00612431"/>
     <w:rsid w:val="006124AC"/>
     <w:rsid w:val="00612A29"/>
     <w:rsid w:val="00612B87"/>
     <w:rsid w:val="00612DE8"/>
     <w:rsid w:val="006130E1"/>
     <w:rsid w:val="0061354D"/>
     <w:rsid w:val="0061393A"/>
     <w:rsid w:val="00613BE1"/>
     <w:rsid w:val="00613FAD"/>
     <w:rsid w:val="006142AA"/>
     <w:rsid w:val="00614692"/>
     <w:rsid w:val="00614BDC"/>
     <w:rsid w:val="006151AA"/>
     <w:rsid w:val="00615892"/>
     <w:rsid w:val="00615C87"/>
     <w:rsid w:val="00615E2D"/>
     <w:rsid w:val="0061623A"/>
     <w:rsid w:val="00616425"/>
     <w:rsid w:val="006164B6"/>
+    <w:rsid w:val="006168D0"/>
     <w:rsid w:val="00616BB0"/>
     <w:rsid w:val="00616EB0"/>
     <w:rsid w:val="00617089"/>
     <w:rsid w:val="006171D8"/>
     <w:rsid w:val="006171E0"/>
     <w:rsid w:val="006171FE"/>
     <w:rsid w:val="00617475"/>
     <w:rsid w:val="00617525"/>
     <w:rsid w:val="006204EF"/>
     <w:rsid w:val="0062065B"/>
     <w:rsid w:val="00620927"/>
     <w:rsid w:val="00620934"/>
     <w:rsid w:val="00620A9B"/>
     <w:rsid w:val="00620C37"/>
     <w:rsid w:val="006211B1"/>
     <w:rsid w:val="00621223"/>
     <w:rsid w:val="00621233"/>
     <w:rsid w:val="00621284"/>
     <w:rsid w:val="006212C6"/>
     <w:rsid w:val="006212DF"/>
     <w:rsid w:val="0062175E"/>
     <w:rsid w:val="00621918"/>
     <w:rsid w:val="00621B8B"/>
     <w:rsid w:val="00621F77"/>
     <w:rsid w:val="0062222F"/>
@@ -6651,78 +6617,81 @@
     <w:rsid w:val="006264A6"/>
     <w:rsid w:val="006264AA"/>
     <w:rsid w:val="00626FD9"/>
     <w:rsid w:val="00627127"/>
     <w:rsid w:val="006300F3"/>
     <w:rsid w:val="0063066A"/>
     <w:rsid w:val="006308E6"/>
     <w:rsid w:val="00630B11"/>
     <w:rsid w:val="006310AE"/>
     <w:rsid w:val="006310F0"/>
     <w:rsid w:val="006315D6"/>
     <w:rsid w:val="00631744"/>
     <w:rsid w:val="0063174C"/>
     <w:rsid w:val="00631926"/>
     <w:rsid w:val="00631943"/>
     <w:rsid w:val="00631AEC"/>
     <w:rsid w:val="0063210A"/>
     <w:rsid w:val="006322BB"/>
     <w:rsid w:val="006323B7"/>
     <w:rsid w:val="0063264C"/>
     <w:rsid w:val="0063293F"/>
     <w:rsid w:val="00633134"/>
     <w:rsid w:val="00633353"/>
     <w:rsid w:val="006334AB"/>
     <w:rsid w:val="006338A8"/>
+    <w:rsid w:val="00633E18"/>
     <w:rsid w:val="00633F66"/>
     <w:rsid w:val="006342CE"/>
     <w:rsid w:val="00634957"/>
     <w:rsid w:val="00634AA3"/>
     <w:rsid w:val="00634C52"/>
     <w:rsid w:val="00634F4B"/>
     <w:rsid w:val="00635A5E"/>
     <w:rsid w:val="006362C2"/>
     <w:rsid w:val="006364B6"/>
     <w:rsid w:val="006367D6"/>
+    <w:rsid w:val="00636DE9"/>
     <w:rsid w:val="00636FFF"/>
     <w:rsid w:val="006373EB"/>
     <w:rsid w:val="00637578"/>
     <w:rsid w:val="006375C4"/>
     <w:rsid w:val="00637710"/>
     <w:rsid w:val="00637734"/>
     <w:rsid w:val="006377BE"/>
     <w:rsid w:val="00637850"/>
     <w:rsid w:val="00637C75"/>
     <w:rsid w:val="00637FDE"/>
     <w:rsid w:val="006403DA"/>
     <w:rsid w:val="0064075D"/>
     <w:rsid w:val="0064093B"/>
     <w:rsid w:val="00641247"/>
     <w:rsid w:val="006412D2"/>
     <w:rsid w:val="00641350"/>
     <w:rsid w:val="00641F22"/>
     <w:rsid w:val="0064219C"/>
+    <w:rsid w:val="00643134"/>
     <w:rsid w:val="0064327D"/>
     <w:rsid w:val="006432FC"/>
     <w:rsid w:val="0064342B"/>
     <w:rsid w:val="0064342E"/>
     <w:rsid w:val="006437A4"/>
     <w:rsid w:val="00643DE0"/>
     <w:rsid w:val="006440EF"/>
     <w:rsid w:val="00644837"/>
     <w:rsid w:val="0064483E"/>
     <w:rsid w:val="00644844"/>
     <w:rsid w:val="006449D7"/>
     <w:rsid w:val="00644C2E"/>
     <w:rsid w:val="00645018"/>
     <w:rsid w:val="00645967"/>
     <w:rsid w:val="00645D32"/>
     <w:rsid w:val="00645F84"/>
     <w:rsid w:val="006460CE"/>
     <w:rsid w:val="00646494"/>
     <w:rsid w:val="00646F77"/>
     <w:rsid w:val="0064700E"/>
     <w:rsid w:val="006470FE"/>
     <w:rsid w:val="00647369"/>
     <w:rsid w:val="006475A1"/>
     <w:rsid w:val="006476EE"/>
     <w:rsid w:val="00647776"/>
@@ -6774,50 +6743,51 @@
     <w:rsid w:val="00661914"/>
     <w:rsid w:val="006623A8"/>
     <w:rsid w:val="00662633"/>
     <w:rsid w:val="006632A8"/>
     <w:rsid w:val="00663EAB"/>
     <w:rsid w:val="006642D5"/>
     <w:rsid w:val="00664344"/>
     <w:rsid w:val="00664585"/>
     <w:rsid w:val="006646F8"/>
     <w:rsid w:val="00664818"/>
     <w:rsid w:val="00664826"/>
     <w:rsid w:val="006652FE"/>
     <w:rsid w:val="00665DF9"/>
     <w:rsid w:val="00665E1F"/>
     <w:rsid w:val="00665E8A"/>
     <w:rsid w:val="006662B3"/>
     <w:rsid w:val="00666564"/>
     <w:rsid w:val="00666682"/>
     <w:rsid w:val="0066686A"/>
     <w:rsid w:val="0066708F"/>
     <w:rsid w:val="0066727E"/>
     <w:rsid w:val="0066744B"/>
     <w:rsid w:val="00667C45"/>
     <w:rsid w:val="006702B9"/>
     <w:rsid w:val="006705FF"/>
+    <w:rsid w:val="006709DB"/>
     <w:rsid w:val="00670A80"/>
     <w:rsid w:val="00670B45"/>
     <w:rsid w:val="00670EE3"/>
     <w:rsid w:val="006714B1"/>
     <w:rsid w:val="00671521"/>
     <w:rsid w:val="0067153F"/>
     <w:rsid w:val="00671D8F"/>
     <w:rsid w:val="00672583"/>
     <w:rsid w:val="006726CC"/>
     <w:rsid w:val="006727C5"/>
     <w:rsid w:val="006727CD"/>
     <w:rsid w:val="00672E36"/>
     <w:rsid w:val="00672E77"/>
     <w:rsid w:val="00672FFC"/>
     <w:rsid w:val="00673309"/>
     <w:rsid w:val="00673B70"/>
     <w:rsid w:val="00673D25"/>
     <w:rsid w:val="00674014"/>
     <w:rsid w:val="006743A4"/>
     <w:rsid w:val="0067441B"/>
     <w:rsid w:val="00674877"/>
     <w:rsid w:val="006749C0"/>
     <w:rsid w:val="00674BDE"/>
     <w:rsid w:val="00675019"/>
     <w:rsid w:val="00675C41"/>
@@ -6854,50 +6824,51 @@
     <w:rsid w:val="006853CF"/>
     <w:rsid w:val="006853E6"/>
     <w:rsid w:val="006856BA"/>
     <w:rsid w:val="00685801"/>
     <w:rsid w:val="00685E32"/>
     <w:rsid w:val="00687125"/>
     <w:rsid w:val="0068767A"/>
     <w:rsid w:val="006876C8"/>
     <w:rsid w:val="00690144"/>
     <w:rsid w:val="00690204"/>
     <w:rsid w:val="00690346"/>
     <w:rsid w:val="006904E8"/>
     <w:rsid w:val="00690E07"/>
     <w:rsid w:val="0069110B"/>
     <w:rsid w:val="006913DC"/>
     <w:rsid w:val="00691833"/>
     <w:rsid w:val="00691988"/>
     <w:rsid w:val="00691B7D"/>
     <w:rsid w:val="00691D48"/>
     <w:rsid w:val="0069227E"/>
     <w:rsid w:val="006924B3"/>
     <w:rsid w:val="00692982"/>
     <w:rsid w:val="00692E89"/>
     <w:rsid w:val="00692EE9"/>
     <w:rsid w:val="00693010"/>
+    <w:rsid w:val="006934CF"/>
     <w:rsid w:val="006936AE"/>
     <w:rsid w:val="00693C20"/>
     <w:rsid w:val="00693E89"/>
     <w:rsid w:val="00693F3A"/>
     <w:rsid w:val="006941E8"/>
     <w:rsid w:val="006945C1"/>
     <w:rsid w:val="00694749"/>
     <w:rsid w:val="00694951"/>
     <w:rsid w:val="00694D15"/>
     <w:rsid w:val="0069582C"/>
     <w:rsid w:val="006958F1"/>
     <w:rsid w:val="00696243"/>
     <w:rsid w:val="006965AE"/>
     <w:rsid w:val="006968B3"/>
     <w:rsid w:val="0069690E"/>
     <w:rsid w:val="00696968"/>
     <w:rsid w:val="00696C19"/>
     <w:rsid w:val="00697478"/>
     <w:rsid w:val="006976E6"/>
     <w:rsid w:val="00697CD4"/>
     <w:rsid w:val="00697D10"/>
     <w:rsid w:val="006A00B4"/>
     <w:rsid w:val="006A05D8"/>
     <w:rsid w:val="006A088C"/>
     <w:rsid w:val="006A0973"/>
@@ -6919,50 +6890,51 @@
     <w:rsid w:val="006A2DCA"/>
     <w:rsid w:val="006A39FE"/>
     <w:rsid w:val="006A462E"/>
     <w:rsid w:val="006A46B4"/>
     <w:rsid w:val="006A48DC"/>
     <w:rsid w:val="006A4F71"/>
     <w:rsid w:val="006A5742"/>
     <w:rsid w:val="006A595E"/>
     <w:rsid w:val="006A6026"/>
     <w:rsid w:val="006A6144"/>
     <w:rsid w:val="006A6185"/>
     <w:rsid w:val="006A6B69"/>
     <w:rsid w:val="006A70C7"/>
     <w:rsid w:val="006A762D"/>
     <w:rsid w:val="006A7644"/>
     <w:rsid w:val="006A7701"/>
     <w:rsid w:val="006B02D9"/>
     <w:rsid w:val="006B0CAA"/>
     <w:rsid w:val="006B0E14"/>
     <w:rsid w:val="006B0E9D"/>
     <w:rsid w:val="006B0FF6"/>
     <w:rsid w:val="006B1028"/>
     <w:rsid w:val="006B10A1"/>
     <w:rsid w:val="006B110C"/>
     <w:rsid w:val="006B1200"/>
+    <w:rsid w:val="006B165E"/>
     <w:rsid w:val="006B1E36"/>
     <w:rsid w:val="006B259A"/>
     <w:rsid w:val="006B2EF2"/>
     <w:rsid w:val="006B307A"/>
     <w:rsid w:val="006B33C5"/>
     <w:rsid w:val="006B3680"/>
     <w:rsid w:val="006B4C1F"/>
     <w:rsid w:val="006B5074"/>
     <w:rsid w:val="006B50C2"/>
     <w:rsid w:val="006B56C8"/>
     <w:rsid w:val="006B5982"/>
     <w:rsid w:val="006B5DC0"/>
     <w:rsid w:val="006B5F4C"/>
     <w:rsid w:val="006B608A"/>
     <w:rsid w:val="006B656C"/>
     <w:rsid w:val="006B6992"/>
     <w:rsid w:val="006B6B59"/>
     <w:rsid w:val="006B6FB1"/>
     <w:rsid w:val="006B7221"/>
     <w:rsid w:val="006B7429"/>
     <w:rsid w:val="006B7F4E"/>
     <w:rsid w:val="006C0702"/>
     <w:rsid w:val="006C0895"/>
     <w:rsid w:val="006C0921"/>
     <w:rsid w:val="006C0BCD"/>
@@ -6971,58 +6943,60 @@
     <w:rsid w:val="006C0E4D"/>
     <w:rsid w:val="006C0F2F"/>
     <w:rsid w:val="006C13DE"/>
     <w:rsid w:val="006C16DE"/>
     <w:rsid w:val="006C1BAC"/>
     <w:rsid w:val="006C1C74"/>
     <w:rsid w:val="006C1D64"/>
     <w:rsid w:val="006C2228"/>
     <w:rsid w:val="006C22B1"/>
     <w:rsid w:val="006C2327"/>
     <w:rsid w:val="006C286B"/>
     <w:rsid w:val="006C2CEB"/>
     <w:rsid w:val="006C2D65"/>
     <w:rsid w:val="006C313B"/>
     <w:rsid w:val="006C399F"/>
     <w:rsid w:val="006C3A95"/>
     <w:rsid w:val="006C434D"/>
     <w:rsid w:val="006C4576"/>
     <w:rsid w:val="006C46D8"/>
     <w:rsid w:val="006C4982"/>
     <w:rsid w:val="006C4DE3"/>
     <w:rsid w:val="006C4F1D"/>
     <w:rsid w:val="006C50C5"/>
     <w:rsid w:val="006C52A7"/>
     <w:rsid w:val="006C5325"/>
+    <w:rsid w:val="006C544C"/>
     <w:rsid w:val="006C5746"/>
     <w:rsid w:val="006C57A2"/>
     <w:rsid w:val="006C58BA"/>
     <w:rsid w:val="006C6077"/>
     <w:rsid w:val="006C68B9"/>
     <w:rsid w:val="006C69D3"/>
     <w:rsid w:val="006C69E4"/>
     <w:rsid w:val="006C6D46"/>
+    <w:rsid w:val="006C6E04"/>
     <w:rsid w:val="006C6E17"/>
     <w:rsid w:val="006C6E69"/>
     <w:rsid w:val="006C79A1"/>
     <w:rsid w:val="006C7CA4"/>
     <w:rsid w:val="006C7CF3"/>
     <w:rsid w:val="006C7CFF"/>
     <w:rsid w:val="006C7F91"/>
     <w:rsid w:val="006D00D2"/>
     <w:rsid w:val="006D045D"/>
     <w:rsid w:val="006D0D01"/>
     <w:rsid w:val="006D0D73"/>
     <w:rsid w:val="006D0E2B"/>
     <w:rsid w:val="006D195E"/>
     <w:rsid w:val="006D1BB9"/>
     <w:rsid w:val="006D2213"/>
     <w:rsid w:val="006D251D"/>
     <w:rsid w:val="006D2644"/>
     <w:rsid w:val="006D274B"/>
     <w:rsid w:val="006D2C70"/>
     <w:rsid w:val="006D3235"/>
     <w:rsid w:val="006D328D"/>
     <w:rsid w:val="006D32E1"/>
     <w:rsid w:val="006D37BC"/>
     <w:rsid w:val="006D389E"/>
     <w:rsid w:val="006D38DC"/>
@@ -7164,50 +7138,51 @@
     <w:rsid w:val="00717AF7"/>
     <w:rsid w:val="00717DB0"/>
     <w:rsid w:val="0072013E"/>
     <w:rsid w:val="007201A7"/>
     <w:rsid w:val="00721713"/>
     <w:rsid w:val="00721BB9"/>
     <w:rsid w:val="007223D8"/>
     <w:rsid w:val="00722513"/>
     <w:rsid w:val="0072251C"/>
     <w:rsid w:val="00722567"/>
     <w:rsid w:val="00722C32"/>
     <w:rsid w:val="0072309C"/>
     <w:rsid w:val="007236C0"/>
     <w:rsid w:val="007239A1"/>
     <w:rsid w:val="00724026"/>
     <w:rsid w:val="00724346"/>
     <w:rsid w:val="00724642"/>
     <w:rsid w:val="007247FF"/>
     <w:rsid w:val="00724BD6"/>
     <w:rsid w:val="00724EA7"/>
     <w:rsid w:val="00724FA2"/>
     <w:rsid w:val="0072567B"/>
     <w:rsid w:val="007257C8"/>
     <w:rsid w:val="007257CE"/>
     <w:rsid w:val="00725BCC"/>
+    <w:rsid w:val="0072601A"/>
     <w:rsid w:val="00726627"/>
     <w:rsid w:val="00726AEF"/>
     <w:rsid w:val="00726BFE"/>
     <w:rsid w:val="00726EDF"/>
     <w:rsid w:val="007276B5"/>
     <w:rsid w:val="00727727"/>
     <w:rsid w:val="007278C4"/>
     <w:rsid w:val="00727A9A"/>
     <w:rsid w:val="00727BBC"/>
     <w:rsid w:val="00727FD9"/>
     <w:rsid w:val="0073001A"/>
     <w:rsid w:val="0073013C"/>
     <w:rsid w:val="00730699"/>
     <w:rsid w:val="00730748"/>
     <w:rsid w:val="00730BFB"/>
     <w:rsid w:val="00731121"/>
     <w:rsid w:val="0073150A"/>
     <w:rsid w:val="00731992"/>
     <w:rsid w:val="00731B72"/>
     <w:rsid w:val="00731D0C"/>
     <w:rsid w:val="00732709"/>
     <w:rsid w:val="00732825"/>
     <w:rsid w:val="00732E9F"/>
     <w:rsid w:val="00733D1A"/>
     <w:rsid w:val="00734E36"/>
@@ -7229,82 +7204,84 @@
     <w:rsid w:val="007413CB"/>
     <w:rsid w:val="0074162C"/>
     <w:rsid w:val="00741932"/>
     <w:rsid w:val="00741A04"/>
     <w:rsid w:val="00741ED6"/>
     <w:rsid w:val="007420B3"/>
     <w:rsid w:val="007427F0"/>
     <w:rsid w:val="00742BD1"/>
     <w:rsid w:val="00742C36"/>
     <w:rsid w:val="00742EE3"/>
     <w:rsid w:val="00742FC4"/>
     <w:rsid w:val="00743516"/>
     <w:rsid w:val="0074361F"/>
     <w:rsid w:val="00743E7E"/>
     <w:rsid w:val="007443BF"/>
     <w:rsid w:val="007447AA"/>
     <w:rsid w:val="007453ED"/>
     <w:rsid w:val="00745BF7"/>
     <w:rsid w:val="00746E49"/>
     <w:rsid w:val="007472D9"/>
     <w:rsid w:val="00747A29"/>
     <w:rsid w:val="0075033E"/>
     <w:rsid w:val="0075035C"/>
     <w:rsid w:val="0075067B"/>
     <w:rsid w:val="007509BC"/>
+    <w:rsid w:val="00751050"/>
     <w:rsid w:val="00751364"/>
     <w:rsid w:val="00751387"/>
     <w:rsid w:val="007516A5"/>
     <w:rsid w:val="00751780"/>
     <w:rsid w:val="007517AF"/>
     <w:rsid w:val="00751DAC"/>
     <w:rsid w:val="007523E5"/>
     <w:rsid w:val="00752625"/>
     <w:rsid w:val="00752692"/>
     <w:rsid w:val="00752E52"/>
     <w:rsid w:val="00752F77"/>
     <w:rsid w:val="007530FA"/>
     <w:rsid w:val="007534BC"/>
     <w:rsid w:val="00753761"/>
     <w:rsid w:val="007538D9"/>
     <w:rsid w:val="00753A02"/>
     <w:rsid w:val="00753D4A"/>
     <w:rsid w:val="00753D64"/>
     <w:rsid w:val="007542A2"/>
     <w:rsid w:val="007542C1"/>
     <w:rsid w:val="007543ED"/>
     <w:rsid w:val="007544DF"/>
     <w:rsid w:val="007546AA"/>
     <w:rsid w:val="00754728"/>
     <w:rsid w:val="00754FE6"/>
     <w:rsid w:val="007553A8"/>
     <w:rsid w:val="0075571A"/>
     <w:rsid w:val="00755A98"/>
     <w:rsid w:val="00755F43"/>
     <w:rsid w:val="00756667"/>
     <w:rsid w:val="00756E3E"/>
     <w:rsid w:val="00757C31"/>
+    <w:rsid w:val="00757CDC"/>
     <w:rsid w:val="00757D96"/>
     <w:rsid w:val="00757F2C"/>
     <w:rsid w:val="00757F49"/>
     <w:rsid w:val="007602D3"/>
     <w:rsid w:val="00760334"/>
     <w:rsid w:val="007604B2"/>
     <w:rsid w:val="00760977"/>
     <w:rsid w:val="00760D70"/>
     <w:rsid w:val="00760E49"/>
     <w:rsid w:val="007612EB"/>
     <w:rsid w:val="00761582"/>
     <w:rsid w:val="0076187A"/>
     <w:rsid w:val="00761992"/>
     <w:rsid w:val="007619A1"/>
     <w:rsid w:val="00761E81"/>
     <w:rsid w:val="007624E9"/>
     <w:rsid w:val="00762500"/>
     <w:rsid w:val="00762DB1"/>
     <w:rsid w:val="00763820"/>
     <w:rsid w:val="007638EB"/>
     <w:rsid w:val="00763CF2"/>
     <w:rsid w:val="00763D09"/>
     <w:rsid w:val="0076420E"/>
     <w:rsid w:val="00764AF6"/>
     <w:rsid w:val="00764B5D"/>
@@ -7357,50 +7334,51 @@
     <w:rsid w:val="00776FF7"/>
     <w:rsid w:val="007771CC"/>
     <w:rsid w:val="00777390"/>
     <w:rsid w:val="007773F7"/>
     <w:rsid w:val="007777C7"/>
     <w:rsid w:val="00777B77"/>
     <w:rsid w:val="007802AC"/>
     <w:rsid w:val="0078044E"/>
     <w:rsid w:val="00780719"/>
     <w:rsid w:val="00780A3B"/>
     <w:rsid w:val="00780ED1"/>
     <w:rsid w:val="007812B2"/>
     <w:rsid w:val="00781626"/>
     <w:rsid w:val="00781AEE"/>
     <w:rsid w:val="00781BCC"/>
     <w:rsid w:val="00781DE5"/>
     <w:rsid w:val="00781DE6"/>
     <w:rsid w:val="00781E43"/>
     <w:rsid w:val="00781E60"/>
     <w:rsid w:val="007822B0"/>
     <w:rsid w:val="00782AB5"/>
     <w:rsid w:val="0078317C"/>
     <w:rsid w:val="00783331"/>
     <w:rsid w:val="00783A4D"/>
     <w:rsid w:val="00783BE6"/>
+    <w:rsid w:val="00783DC7"/>
     <w:rsid w:val="00783E1D"/>
     <w:rsid w:val="00783E54"/>
     <w:rsid w:val="00784A7F"/>
     <w:rsid w:val="007855F8"/>
     <w:rsid w:val="007856C6"/>
     <w:rsid w:val="00785CA7"/>
     <w:rsid w:val="00785FF2"/>
     <w:rsid w:val="007864FD"/>
     <w:rsid w:val="00786634"/>
     <w:rsid w:val="00786928"/>
     <w:rsid w:val="00787E93"/>
     <w:rsid w:val="00790392"/>
     <w:rsid w:val="007903AD"/>
     <w:rsid w:val="0079092B"/>
     <w:rsid w:val="00790978"/>
     <w:rsid w:val="00790D3F"/>
     <w:rsid w:val="00790F6F"/>
     <w:rsid w:val="007915DC"/>
     <w:rsid w:val="007917AB"/>
     <w:rsid w:val="00791B22"/>
     <w:rsid w:val="00791B83"/>
     <w:rsid w:val="00791F3D"/>
     <w:rsid w:val="0079254F"/>
     <w:rsid w:val="00792C29"/>
     <w:rsid w:val="00792EB9"/>
@@ -7547,50 +7525,51 @@
     <w:rsid w:val="007D520E"/>
     <w:rsid w:val="007D53DD"/>
     <w:rsid w:val="007D56DF"/>
     <w:rsid w:val="007D57B0"/>
     <w:rsid w:val="007D5D42"/>
     <w:rsid w:val="007D5D6F"/>
     <w:rsid w:val="007D6276"/>
     <w:rsid w:val="007D67C2"/>
     <w:rsid w:val="007D71BA"/>
     <w:rsid w:val="007D7891"/>
     <w:rsid w:val="007D793F"/>
     <w:rsid w:val="007D7BFD"/>
     <w:rsid w:val="007D7F0E"/>
     <w:rsid w:val="007D7FBC"/>
     <w:rsid w:val="007D7FC1"/>
     <w:rsid w:val="007E0276"/>
     <w:rsid w:val="007E0638"/>
     <w:rsid w:val="007E0940"/>
     <w:rsid w:val="007E0FA9"/>
     <w:rsid w:val="007E12B8"/>
     <w:rsid w:val="007E1319"/>
     <w:rsid w:val="007E148B"/>
     <w:rsid w:val="007E14E5"/>
     <w:rsid w:val="007E1B6A"/>
     <w:rsid w:val="007E1D67"/>
+    <w:rsid w:val="007E22ED"/>
     <w:rsid w:val="007E279B"/>
     <w:rsid w:val="007E290D"/>
     <w:rsid w:val="007E2C4C"/>
     <w:rsid w:val="007E3041"/>
     <w:rsid w:val="007E3542"/>
     <w:rsid w:val="007E3AE2"/>
     <w:rsid w:val="007E431F"/>
     <w:rsid w:val="007E43FB"/>
     <w:rsid w:val="007E495B"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4CD5"/>
     <w:rsid w:val="007E4EFE"/>
     <w:rsid w:val="007E511B"/>
     <w:rsid w:val="007E568E"/>
     <w:rsid w:val="007E596E"/>
     <w:rsid w:val="007E6426"/>
     <w:rsid w:val="007E65D2"/>
     <w:rsid w:val="007E6644"/>
     <w:rsid w:val="007E68F0"/>
     <w:rsid w:val="007E6A09"/>
     <w:rsid w:val="007E6FFA"/>
     <w:rsid w:val="007E7286"/>
     <w:rsid w:val="007E740F"/>
     <w:rsid w:val="007E7A50"/>
     <w:rsid w:val="007E7D14"/>
@@ -7642,115 +7621,118 @@
     <w:rsid w:val="00801800"/>
     <w:rsid w:val="0080283E"/>
     <w:rsid w:val="0080292E"/>
     <w:rsid w:val="00802AA2"/>
     <w:rsid w:val="00802D31"/>
     <w:rsid w:val="0080301F"/>
     <w:rsid w:val="0080316A"/>
     <w:rsid w:val="00803721"/>
     <w:rsid w:val="00803752"/>
     <w:rsid w:val="008038BD"/>
     <w:rsid w:val="00803D82"/>
     <w:rsid w:val="00803E92"/>
     <w:rsid w:val="00804547"/>
     <w:rsid w:val="008045F9"/>
     <w:rsid w:val="0080473E"/>
     <w:rsid w:val="00804791"/>
     <w:rsid w:val="008047FD"/>
     <w:rsid w:val="00804CD0"/>
     <w:rsid w:val="008057C3"/>
     <w:rsid w:val="00806B5D"/>
     <w:rsid w:val="00806C69"/>
     <w:rsid w:val="008075C8"/>
     <w:rsid w:val="008078AF"/>
     <w:rsid w:val="00807AB6"/>
     <w:rsid w:val="00807E5E"/>
+    <w:rsid w:val="008101C4"/>
     <w:rsid w:val="008107BA"/>
     <w:rsid w:val="00810CBA"/>
     <w:rsid w:val="00811601"/>
     <w:rsid w:val="00811D48"/>
     <w:rsid w:val="0081241F"/>
     <w:rsid w:val="00812609"/>
     <w:rsid w:val="00813073"/>
     <w:rsid w:val="0081308F"/>
     <w:rsid w:val="00813150"/>
     <w:rsid w:val="008134CE"/>
     <w:rsid w:val="008138F4"/>
     <w:rsid w:val="00813E21"/>
     <w:rsid w:val="00814168"/>
     <w:rsid w:val="00814217"/>
     <w:rsid w:val="0081434F"/>
     <w:rsid w:val="00814D03"/>
     <w:rsid w:val="00814DF5"/>
     <w:rsid w:val="00814E6C"/>
     <w:rsid w:val="008153E4"/>
     <w:rsid w:val="008156B8"/>
     <w:rsid w:val="0081572B"/>
+    <w:rsid w:val="008157DC"/>
     <w:rsid w:val="00815C0C"/>
     <w:rsid w:val="00816392"/>
     <w:rsid w:val="0081659E"/>
     <w:rsid w:val="008167AE"/>
     <w:rsid w:val="008167F0"/>
     <w:rsid w:val="00816BDA"/>
     <w:rsid w:val="00816C84"/>
     <w:rsid w:val="00816CE1"/>
     <w:rsid w:val="0081737B"/>
     <w:rsid w:val="00817395"/>
     <w:rsid w:val="008177D0"/>
     <w:rsid w:val="008179C3"/>
     <w:rsid w:val="00817D24"/>
     <w:rsid w:val="00820271"/>
     <w:rsid w:val="008204C4"/>
     <w:rsid w:val="00820D98"/>
     <w:rsid w:val="00820F98"/>
     <w:rsid w:val="008210B7"/>
     <w:rsid w:val="008211F9"/>
     <w:rsid w:val="0082144A"/>
     <w:rsid w:val="00821465"/>
     <w:rsid w:val="0082170B"/>
     <w:rsid w:val="00821722"/>
     <w:rsid w:val="00821739"/>
     <w:rsid w:val="00822124"/>
     <w:rsid w:val="00822C0A"/>
     <w:rsid w:val="00822F2B"/>
     <w:rsid w:val="0082327D"/>
     <w:rsid w:val="008234CF"/>
     <w:rsid w:val="00823636"/>
     <w:rsid w:val="00823935"/>
     <w:rsid w:val="00823940"/>
     <w:rsid w:val="00823D02"/>
     <w:rsid w:val="00823D7A"/>
     <w:rsid w:val="0082416B"/>
     <w:rsid w:val="00824306"/>
     <w:rsid w:val="00824751"/>
     <w:rsid w:val="00825677"/>
     <w:rsid w:val="00825829"/>
     <w:rsid w:val="00826287"/>
     <w:rsid w:val="00826FAD"/>
     <w:rsid w:val="00827073"/>
     <w:rsid w:val="008270B2"/>
     <w:rsid w:val="008271CB"/>
+    <w:rsid w:val="00827308"/>
     <w:rsid w:val="00827946"/>
     <w:rsid w:val="00827F23"/>
     <w:rsid w:val="008303D6"/>
     <w:rsid w:val="0083070D"/>
     <w:rsid w:val="00831208"/>
     <w:rsid w:val="00831617"/>
     <w:rsid w:val="00831667"/>
     <w:rsid w:val="00831C51"/>
     <w:rsid w:val="008320E5"/>
     <w:rsid w:val="008324F9"/>
     <w:rsid w:val="0083273C"/>
     <w:rsid w:val="0083281B"/>
     <w:rsid w:val="0083298D"/>
     <w:rsid w:val="00832AF1"/>
     <w:rsid w:val="00833170"/>
     <w:rsid w:val="008332CD"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833DB1"/>
     <w:rsid w:val="00833FE5"/>
     <w:rsid w:val="00834198"/>
     <w:rsid w:val="00834880"/>
     <w:rsid w:val="00834E1C"/>
     <w:rsid w:val="00835857"/>
     <w:rsid w:val="00835ABF"/>
     <w:rsid w:val="00835EE4"/>
@@ -7765,85 +7747,87 @@
     <w:rsid w:val="00837524"/>
     <w:rsid w:val="00837783"/>
     <w:rsid w:val="00837BC1"/>
     <w:rsid w:val="00840325"/>
     <w:rsid w:val="00840965"/>
     <w:rsid w:val="00840D33"/>
     <w:rsid w:val="00840F9A"/>
     <w:rsid w:val="00841222"/>
     <w:rsid w:val="00841286"/>
     <w:rsid w:val="008415A7"/>
     <w:rsid w:val="008415F4"/>
     <w:rsid w:val="008417FE"/>
     <w:rsid w:val="0084194D"/>
     <w:rsid w:val="008420EF"/>
     <w:rsid w:val="008424CE"/>
     <w:rsid w:val="0084254F"/>
     <w:rsid w:val="00842834"/>
     <w:rsid w:val="00842E83"/>
     <w:rsid w:val="00843086"/>
     <w:rsid w:val="00843591"/>
     <w:rsid w:val="00843AD2"/>
     <w:rsid w:val="00843FB3"/>
     <w:rsid w:val="0084456E"/>
     <w:rsid w:val="00844767"/>
     <w:rsid w:val="008448B6"/>
+    <w:rsid w:val="00844A34"/>
     <w:rsid w:val="00844D86"/>
     <w:rsid w:val="00844E06"/>
     <w:rsid w:val="00845032"/>
     <w:rsid w:val="0084577F"/>
     <w:rsid w:val="00845AB2"/>
     <w:rsid w:val="00845CE4"/>
     <w:rsid w:val="0084608D"/>
     <w:rsid w:val="008460AA"/>
     <w:rsid w:val="00846488"/>
     <w:rsid w:val="008472FD"/>
     <w:rsid w:val="0084780A"/>
     <w:rsid w:val="00847999"/>
     <w:rsid w:val="00847DA8"/>
     <w:rsid w:val="00850250"/>
     <w:rsid w:val="008504D4"/>
     <w:rsid w:val="00850661"/>
     <w:rsid w:val="00850678"/>
     <w:rsid w:val="00850732"/>
     <w:rsid w:val="00851202"/>
     <w:rsid w:val="008512AB"/>
     <w:rsid w:val="00851436"/>
     <w:rsid w:val="0085185F"/>
     <w:rsid w:val="008520ED"/>
     <w:rsid w:val="008524AE"/>
     <w:rsid w:val="008526AC"/>
     <w:rsid w:val="00853154"/>
     <w:rsid w:val="0085315D"/>
     <w:rsid w:val="0085352D"/>
     <w:rsid w:val="00853769"/>
     <w:rsid w:val="00853A00"/>
     <w:rsid w:val="00853A46"/>
     <w:rsid w:val="00853B53"/>
     <w:rsid w:val="00853F8C"/>
     <w:rsid w:val="008541F6"/>
     <w:rsid w:val="0085424D"/>
+    <w:rsid w:val="00854575"/>
     <w:rsid w:val="00854AEF"/>
     <w:rsid w:val="00854BB4"/>
     <w:rsid w:val="00854C62"/>
     <w:rsid w:val="00855359"/>
     <w:rsid w:val="00855AD5"/>
     <w:rsid w:val="00855F1E"/>
     <w:rsid w:val="00856F66"/>
     <w:rsid w:val="00857590"/>
     <w:rsid w:val="008579BD"/>
     <w:rsid w:val="00860196"/>
     <w:rsid w:val="008604CE"/>
     <w:rsid w:val="00860A28"/>
     <w:rsid w:val="00860EA8"/>
     <w:rsid w:val="0086104D"/>
     <w:rsid w:val="0086117E"/>
     <w:rsid w:val="008611D4"/>
     <w:rsid w:val="00861AF7"/>
     <w:rsid w:val="00862A87"/>
     <w:rsid w:val="0086331E"/>
     <w:rsid w:val="00863446"/>
     <w:rsid w:val="008636E8"/>
     <w:rsid w:val="00863D99"/>
     <w:rsid w:val="0086418F"/>
     <w:rsid w:val="00864E2E"/>
     <w:rsid w:val="00865022"/>
@@ -7883,50 +7867,51 @@
     <w:rsid w:val="008747E7"/>
     <w:rsid w:val="00874BAD"/>
     <w:rsid w:val="00874C95"/>
     <w:rsid w:val="00874F22"/>
     <w:rsid w:val="00874F90"/>
     <w:rsid w:val="008755DA"/>
     <w:rsid w:val="00875978"/>
     <w:rsid w:val="0087597B"/>
     <w:rsid w:val="00875B96"/>
     <w:rsid w:val="00875F59"/>
     <w:rsid w:val="008764F8"/>
     <w:rsid w:val="008766AC"/>
     <w:rsid w:val="00876AE2"/>
     <w:rsid w:val="00876E9A"/>
     <w:rsid w:val="00876FFB"/>
     <w:rsid w:val="00877407"/>
     <w:rsid w:val="008809AC"/>
     <w:rsid w:val="008815ED"/>
     <w:rsid w:val="00881870"/>
     <w:rsid w:val="0088199D"/>
     <w:rsid w:val="008819E3"/>
     <w:rsid w:val="00881C9D"/>
     <w:rsid w:val="00881F87"/>
     <w:rsid w:val="00882017"/>
     <w:rsid w:val="0088205E"/>
+    <w:rsid w:val="00882175"/>
     <w:rsid w:val="008829D5"/>
     <w:rsid w:val="00882C09"/>
     <w:rsid w:val="00883098"/>
     <w:rsid w:val="00884459"/>
     <w:rsid w:val="008844D2"/>
     <w:rsid w:val="008845AE"/>
     <w:rsid w:val="00884758"/>
     <w:rsid w:val="00884818"/>
     <w:rsid w:val="00884DF8"/>
     <w:rsid w:val="00884DFF"/>
     <w:rsid w:val="00885358"/>
     <w:rsid w:val="00885A9E"/>
     <w:rsid w:val="0088611C"/>
     <w:rsid w:val="008868B4"/>
     <w:rsid w:val="00886ACA"/>
     <w:rsid w:val="008870CC"/>
     <w:rsid w:val="0088749C"/>
     <w:rsid w:val="008874D8"/>
     <w:rsid w:val="0088757E"/>
     <w:rsid w:val="008875F2"/>
     <w:rsid w:val="0088768A"/>
     <w:rsid w:val="008879B5"/>
     <w:rsid w:val="00887A75"/>
     <w:rsid w:val="00887B08"/>
     <w:rsid w:val="00887CCB"/>
@@ -8012,148 +7997,153 @@
     <w:rsid w:val="008B1C41"/>
     <w:rsid w:val="008B1C59"/>
     <w:rsid w:val="008B224D"/>
     <w:rsid w:val="008B254D"/>
     <w:rsid w:val="008B286B"/>
     <w:rsid w:val="008B29E6"/>
     <w:rsid w:val="008B2B82"/>
     <w:rsid w:val="008B4533"/>
     <w:rsid w:val="008B4752"/>
     <w:rsid w:val="008B482E"/>
     <w:rsid w:val="008B49FD"/>
     <w:rsid w:val="008B4A21"/>
     <w:rsid w:val="008B51A4"/>
     <w:rsid w:val="008B5411"/>
     <w:rsid w:val="008B5AFE"/>
     <w:rsid w:val="008B5B0B"/>
     <w:rsid w:val="008B5E6F"/>
     <w:rsid w:val="008B5EB1"/>
     <w:rsid w:val="008B6036"/>
     <w:rsid w:val="008B6395"/>
     <w:rsid w:val="008B63D2"/>
     <w:rsid w:val="008B65A5"/>
     <w:rsid w:val="008B6919"/>
     <w:rsid w:val="008B6971"/>
     <w:rsid w:val="008B6B94"/>
+    <w:rsid w:val="008B6D41"/>
     <w:rsid w:val="008B6D84"/>
     <w:rsid w:val="008B6FC6"/>
     <w:rsid w:val="008B729C"/>
     <w:rsid w:val="008B7393"/>
     <w:rsid w:val="008B7396"/>
     <w:rsid w:val="008B7B19"/>
     <w:rsid w:val="008C0084"/>
     <w:rsid w:val="008C134B"/>
     <w:rsid w:val="008C1582"/>
     <w:rsid w:val="008C18A3"/>
     <w:rsid w:val="008C1A0E"/>
     <w:rsid w:val="008C1A62"/>
     <w:rsid w:val="008C1C12"/>
     <w:rsid w:val="008C1CB5"/>
     <w:rsid w:val="008C20DB"/>
     <w:rsid w:val="008C2C89"/>
     <w:rsid w:val="008C2D6B"/>
     <w:rsid w:val="008C2FE8"/>
     <w:rsid w:val="008C3121"/>
     <w:rsid w:val="008C3CB7"/>
     <w:rsid w:val="008C438D"/>
     <w:rsid w:val="008C43DD"/>
     <w:rsid w:val="008C452C"/>
     <w:rsid w:val="008C45EF"/>
     <w:rsid w:val="008C4788"/>
     <w:rsid w:val="008C4BE6"/>
     <w:rsid w:val="008C4CF0"/>
     <w:rsid w:val="008C4DC4"/>
     <w:rsid w:val="008C55D1"/>
     <w:rsid w:val="008C5921"/>
     <w:rsid w:val="008C5DFB"/>
     <w:rsid w:val="008C60AE"/>
     <w:rsid w:val="008C6660"/>
     <w:rsid w:val="008C671A"/>
     <w:rsid w:val="008C6E44"/>
+    <w:rsid w:val="008C6FEC"/>
     <w:rsid w:val="008C6FF9"/>
     <w:rsid w:val="008C7837"/>
     <w:rsid w:val="008C7D8E"/>
     <w:rsid w:val="008D0179"/>
     <w:rsid w:val="008D05C5"/>
     <w:rsid w:val="008D0606"/>
     <w:rsid w:val="008D0773"/>
     <w:rsid w:val="008D0806"/>
     <w:rsid w:val="008D0973"/>
     <w:rsid w:val="008D0D20"/>
     <w:rsid w:val="008D1274"/>
     <w:rsid w:val="008D1435"/>
     <w:rsid w:val="008D1551"/>
+    <w:rsid w:val="008D1FFB"/>
     <w:rsid w:val="008D247C"/>
     <w:rsid w:val="008D2814"/>
     <w:rsid w:val="008D2859"/>
     <w:rsid w:val="008D28C6"/>
     <w:rsid w:val="008D2E5C"/>
     <w:rsid w:val="008D2ECA"/>
     <w:rsid w:val="008D363E"/>
     <w:rsid w:val="008D3B31"/>
     <w:rsid w:val="008D3EB0"/>
     <w:rsid w:val="008D48A9"/>
     <w:rsid w:val="008D4BEC"/>
     <w:rsid w:val="008D4CC4"/>
     <w:rsid w:val="008D4EA4"/>
     <w:rsid w:val="008D50A3"/>
     <w:rsid w:val="008D5342"/>
     <w:rsid w:val="008D5641"/>
     <w:rsid w:val="008D5727"/>
     <w:rsid w:val="008D59AB"/>
     <w:rsid w:val="008D5C34"/>
     <w:rsid w:val="008D5CBA"/>
     <w:rsid w:val="008D61E1"/>
     <w:rsid w:val="008D6735"/>
     <w:rsid w:val="008D6C3A"/>
     <w:rsid w:val="008D6FD9"/>
     <w:rsid w:val="008D7427"/>
     <w:rsid w:val="008D7585"/>
     <w:rsid w:val="008D7E1B"/>
     <w:rsid w:val="008D7EF2"/>
     <w:rsid w:val="008E0CFD"/>
     <w:rsid w:val="008E0E9B"/>
     <w:rsid w:val="008E1048"/>
     <w:rsid w:val="008E1145"/>
     <w:rsid w:val="008E160D"/>
     <w:rsid w:val="008E1BB8"/>
     <w:rsid w:val="008E2879"/>
     <w:rsid w:val="008E2BDE"/>
     <w:rsid w:val="008E2CE9"/>
     <w:rsid w:val="008E2D86"/>
+    <w:rsid w:val="008E3341"/>
     <w:rsid w:val="008E3A74"/>
     <w:rsid w:val="008E3D69"/>
     <w:rsid w:val="008E3DBE"/>
     <w:rsid w:val="008E3F05"/>
     <w:rsid w:val="008E3F0F"/>
     <w:rsid w:val="008E3FAB"/>
     <w:rsid w:val="008E4059"/>
     <w:rsid w:val="008E419A"/>
     <w:rsid w:val="008E4208"/>
     <w:rsid w:val="008E446F"/>
     <w:rsid w:val="008E4762"/>
     <w:rsid w:val="008E4908"/>
+    <w:rsid w:val="008E4940"/>
     <w:rsid w:val="008E4974"/>
     <w:rsid w:val="008E4A9E"/>
     <w:rsid w:val="008E4D09"/>
     <w:rsid w:val="008E52E9"/>
     <w:rsid w:val="008E55D7"/>
     <w:rsid w:val="008E55F9"/>
     <w:rsid w:val="008E57DD"/>
     <w:rsid w:val="008E5A40"/>
     <w:rsid w:val="008E5E72"/>
     <w:rsid w:val="008E60D3"/>
     <w:rsid w:val="008E61F0"/>
     <w:rsid w:val="008E65B8"/>
     <w:rsid w:val="008E6BFF"/>
     <w:rsid w:val="008E6CD8"/>
     <w:rsid w:val="008E7072"/>
     <w:rsid w:val="008E721C"/>
     <w:rsid w:val="008E72F1"/>
     <w:rsid w:val="008E7642"/>
     <w:rsid w:val="008E781D"/>
     <w:rsid w:val="008E7AB0"/>
     <w:rsid w:val="008E7D7D"/>
     <w:rsid w:val="008E7DA1"/>
     <w:rsid w:val="008E7DFF"/>
     <w:rsid w:val="008E7E77"/>
     <w:rsid w:val="008F0377"/>
@@ -8204,91 +8194,93 @@
     <w:rsid w:val="00902F35"/>
     <w:rsid w:val="009030D9"/>
     <w:rsid w:val="009034BD"/>
     <w:rsid w:val="009034C6"/>
     <w:rsid w:val="009035F1"/>
     <w:rsid w:val="00903D0B"/>
     <w:rsid w:val="00904411"/>
     <w:rsid w:val="00904619"/>
     <w:rsid w:val="0090474D"/>
     <w:rsid w:val="0090496E"/>
     <w:rsid w:val="00904DDD"/>
     <w:rsid w:val="00904F10"/>
     <w:rsid w:val="00905160"/>
     <w:rsid w:val="00905248"/>
     <w:rsid w:val="00905308"/>
     <w:rsid w:val="0090541D"/>
     <w:rsid w:val="0090548A"/>
     <w:rsid w:val="009056D0"/>
     <w:rsid w:val="00905B6F"/>
     <w:rsid w:val="00905EC8"/>
     <w:rsid w:val="00905F3B"/>
     <w:rsid w:val="0090605D"/>
     <w:rsid w:val="0090632C"/>
     <w:rsid w:val="00906AA2"/>
     <w:rsid w:val="00906C6B"/>
+    <w:rsid w:val="009071BB"/>
     <w:rsid w:val="009071E6"/>
     <w:rsid w:val="0090745C"/>
     <w:rsid w:val="00907DD2"/>
     <w:rsid w:val="009103EB"/>
     <w:rsid w:val="009107F2"/>
     <w:rsid w:val="00910842"/>
     <w:rsid w:val="0091084C"/>
     <w:rsid w:val="00910BE4"/>
     <w:rsid w:val="0091112B"/>
     <w:rsid w:val="00911192"/>
     <w:rsid w:val="009112FA"/>
     <w:rsid w:val="00911742"/>
     <w:rsid w:val="009117ED"/>
     <w:rsid w:val="009119F4"/>
     <w:rsid w:val="00911C58"/>
     <w:rsid w:val="00911F21"/>
     <w:rsid w:val="00912032"/>
     <w:rsid w:val="00912048"/>
     <w:rsid w:val="00912394"/>
     <w:rsid w:val="009123D0"/>
     <w:rsid w:val="00912851"/>
     <w:rsid w:val="009128C3"/>
     <w:rsid w:val="00912DDE"/>
     <w:rsid w:val="00913688"/>
     <w:rsid w:val="00913E55"/>
     <w:rsid w:val="00913F56"/>
     <w:rsid w:val="0091405B"/>
     <w:rsid w:val="00914209"/>
     <w:rsid w:val="009145AB"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="00914B6D"/>
     <w:rsid w:val="00914F1B"/>
     <w:rsid w:val="00915313"/>
     <w:rsid w:val="009155DE"/>
     <w:rsid w:val="0091576D"/>
     <w:rsid w:val="009159FE"/>
     <w:rsid w:val="00915B1C"/>
     <w:rsid w:val="00915B59"/>
     <w:rsid w:val="00915CAB"/>
     <w:rsid w:val="009160ED"/>
     <w:rsid w:val="00916588"/>
+    <w:rsid w:val="0091722D"/>
     <w:rsid w:val="00917604"/>
     <w:rsid w:val="00917AFA"/>
     <w:rsid w:val="00920103"/>
     <w:rsid w:val="00920826"/>
     <w:rsid w:val="00920B0C"/>
     <w:rsid w:val="00920EE7"/>
     <w:rsid w:val="0092128B"/>
     <w:rsid w:val="00921986"/>
     <w:rsid w:val="00921A0D"/>
     <w:rsid w:val="00921A8D"/>
     <w:rsid w:val="00921BC2"/>
     <w:rsid w:val="00921C21"/>
     <w:rsid w:val="00921C26"/>
     <w:rsid w:val="00921E53"/>
     <w:rsid w:val="0092220B"/>
     <w:rsid w:val="00922BA2"/>
     <w:rsid w:val="00922BFE"/>
     <w:rsid w:val="009232FB"/>
     <w:rsid w:val="00923310"/>
     <w:rsid w:val="00923634"/>
     <w:rsid w:val="0092389F"/>
     <w:rsid w:val="00924544"/>
     <w:rsid w:val="00924625"/>
     <w:rsid w:val="00924751"/>
     <w:rsid w:val="009247FC"/>
@@ -8352,128 +8344,131 @@
     <w:rsid w:val="009412F7"/>
     <w:rsid w:val="0094146C"/>
     <w:rsid w:val="0094175A"/>
     <w:rsid w:val="009417A9"/>
     <w:rsid w:val="00941825"/>
     <w:rsid w:val="009425F1"/>
     <w:rsid w:val="00942673"/>
     <w:rsid w:val="0094268E"/>
     <w:rsid w:val="00942B65"/>
     <w:rsid w:val="00942C42"/>
     <w:rsid w:val="00943161"/>
     <w:rsid w:val="009435F6"/>
     <w:rsid w:val="00943604"/>
     <w:rsid w:val="009438A5"/>
     <w:rsid w:val="00943D66"/>
     <w:rsid w:val="00944240"/>
     <w:rsid w:val="00944920"/>
     <w:rsid w:val="00944A33"/>
     <w:rsid w:val="00944D14"/>
     <w:rsid w:val="00944DA7"/>
     <w:rsid w:val="00944EC8"/>
     <w:rsid w:val="00945286"/>
     <w:rsid w:val="009454DB"/>
     <w:rsid w:val="0094570D"/>
     <w:rsid w:val="009458DD"/>
+    <w:rsid w:val="00945B85"/>
     <w:rsid w:val="00945D9D"/>
     <w:rsid w:val="00946186"/>
     <w:rsid w:val="0094625F"/>
     <w:rsid w:val="009466AF"/>
     <w:rsid w:val="009467B1"/>
     <w:rsid w:val="00947359"/>
     <w:rsid w:val="00947ACB"/>
     <w:rsid w:val="00947B52"/>
     <w:rsid w:val="00947C0E"/>
     <w:rsid w:val="00947C81"/>
     <w:rsid w:val="009506C1"/>
     <w:rsid w:val="00950925"/>
     <w:rsid w:val="00950E44"/>
     <w:rsid w:val="00950F5D"/>
     <w:rsid w:val="00951C6D"/>
     <w:rsid w:val="00951D4C"/>
     <w:rsid w:val="00951E07"/>
     <w:rsid w:val="009520AC"/>
     <w:rsid w:val="0095247C"/>
     <w:rsid w:val="009528AF"/>
     <w:rsid w:val="00952EB9"/>
     <w:rsid w:val="009535BB"/>
     <w:rsid w:val="00953DEC"/>
     <w:rsid w:val="00954151"/>
     <w:rsid w:val="00954286"/>
     <w:rsid w:val="00954289"/>
     <w:rsid w:val="009542FE"/>
     <w:rsid w:val="00954642"/>
     <w:rsid w:val="00954935"/>
     <w:rsid w:val="00954977"/>
     <w:rsid w:val="00954A7C"/>
     <w:rsid w:val="00954BFC"/>
     <w:rsid w:val="00954EF3"/>
     <w:rsid w:val="00955947"/>
     <w:rsid w:val="00955948"/>
     <w:rsid w:val="00955E84"/>
     <w:rsid w:val="009560CB"/>
     <w:rsid w:val="00956CD2"/>
     <w:rsid w:val="0095735E"/>
     <w:rsid w:val="009575A4"/>
     <w:rsid w:val="00957952"/>
     <w:rsid w:val="00957B49"/>
     <w:rsid w:val="00957E26"/>
+    <w:rsid w:val="009604E2"/>
     <w:rsid w:val="0096055E"/>
     <w:rsid w:val="00960731"/>
     <w:rsid w:val="009608A3"/>
     <w:rsid w:val="009608CC"/>
     <w:rsid w:val="0096115F"/>
     <w:rsid w:val="0096138C"/>
     <w:rsid w:val="009618A3"/>
     <w:rsid w:val="0096238E"/>
     <w:rsid w:val="0096240D"/>
     <w:rsid w:val="00962506"/>
     <w:rsid w:val="0096278E"/>
     <w:rsid w:val="00962837"/>
     <w:rsid w:val="00962852"/>
     <w:rsid w:val="009628BC"/>
     <w:rsid w:val="00962A1F"/>
     <w:rsid w:val="00962B66"/>
     <w:rsid w:val="00962C5F"/>
     <w:rsid w:val="0096315E"/>
     <w:rsid w:val="0096327A"/>
     <w:rsid w:val="0096332A"/>
     <w:rsid w:val="00963358"/>
     <w:rsid w:val="00963600"/>
     <w:rsid w:val="009636DA"/>
     <w:rsid w:val="00963CA3"/>
     <w:rsid w:val="00963D7A"/>
     <w:rsid w:val="00963F24"/>
     <w:rsid w:val="00964204"/>
     <w:rsid w:val="009646F8"/>
     <w:rsid w:val="00965693"/>
     <w:rsid w:val="00965E36"/>
     <w:rsid w:val="009661B6"/>
     <w:rsid w:val="0096683E"/>
     <w:rsid w:val="0096695E"/>
     <w:rsid w:val="00966A75"/>
     <w:rsid w:val="00966CB1"/>
+    <w:rsid w:val="009670D2"/>
     <w:rsid w:val="00967910"/>
     <w:rsid w:val="00967B02"/>
     <w:rsid w:val="00967B40"/>
     <w:rsid w:val="00967E92"/>
     <w:rsid w:val="00970358"/>
     <w:rsid w:val="00970527"/>
     <w:rsid w:val="009706A4"/>
     <w:rsid w:val="00970832"/>
     <w:rsid w:val="00970D16"/>
     <w:rsid w:val="00970D6C"/>
     <w:rsid w:val="00970EFA"/>
     <w:rsid w:val="009710AF"/>
     <w:rsid w:val="0097111E"/>
     <w:rsid w:val="009711AD"/>
     <w:rsid w:val="009711DF"/>
     <w:rsid w:val="009719EF"/>
     <w:rsid w:val="00971DB8"/>
     <w:rsid w:val="00971E3A"/>
     <w:rsid w:val="009721D8"/>
     <w:rsid w:val="009722C6"/>
     <w:rsid w:val="0097268E"/>
     <w:rsid w:val="00972750"/>
     <w:rsid w:val="00972860"/>
     <w:rsid w:val="009729D8"/>
     <w:rsid w:val="00972A88"/>
@@ -8500,50 +8495,51 @@
     <w:rsid w:val="009763B9"/>
     <w:rsid w:val="009769E4"/>
     <w:rsid w:val="00976D11"/>
     <w:rsid w:val="00976EB2"/>
     <w:rsid w:val="00977188"/>
     <w:rsid w:val="0097727F"/>
     <w:rsid w:val="00977664"/>
     <w:rsid w:val="009779A4"/>
     <w:rsid w:val="00977BAB"/>
     <w:rsid w:val="00977F70"/>
     <w:rsid w:val="00980228"/>
     <w:rsid w:val="009802A6"/>
     <w:rsid w:val="009803EC"/>
     <w:rsid w:val="009805DF"/>
     <w:rsid w:val="00980675"/>
     <w:rsid w:val="009818D0"/>
     <w:rsid w:val="00981983"/>
     <w:rsid w:val="00981DC6"/>
     <w:rsid w:val="0098203A"/>
     <w:rsid w:val="00982144"/>
     <w:rsid w:val="009825BA"/>
     <w:rsid w:val="00982E4C"/>
     <w:rsid w:val="00982F2C"/>
     <w:rsid w:val="00982FA5"/>
     <w:rsid w:val="00982FD0"/>
+    <w:rsid w:val="009831A7"/>
     <w:rsid w:val="00984350"/>
     <w:rsid w:val="00984A25"/>
     <w:rsid w:val="00984A43"/>
     <w:rsid w:val="00984A8D"/>
     <w:rsid w:val="00984B6A"/>
     <w:rsid w:val="00984C81"/>
     <w:rsid w:val="00985275"/>
     <w:rsid w:val="009853A7"/>
     <w:rsid w:val="00985660"/>
     <w:rsid w:val="009859FA"/>
     <w:rsid w:val="00985C76"/>
     <w:rsid w:val="00985CBA"/>
     <w:rsid w:val="00985EE1"/>
     <w:rsid w:val="00986017"/>
     <w:rsid w:val="009861AD"/>
     <w:rsid w:val="00986526"/>
     <w:rsid w:val="00986648"/>
     <w:rsid w:val="00987074"/>
     <w:rsid w:val="009871ED"/>
     <w:rsid w:val="00987932"/>
     <w:rsid w:val="009879B2"/>
     <w:rsid w:val="00987A94"/>
     <w:rsid w:val="00987D24"/>
     <w:rsid w:val="00987ED3"/>
     <w:rsid w:val="009900D8"/>
@@ -8743,134 +8739,139 @@
     <w:rsid w:val="009E12CB"/>
     <w:rsid w:val="009E12FE"/>
     <w:rsid w:val="009E146B"/>
     <w:rsid w:val="009E1BF2"/>
     <w:rsid w:val="009E1C54"/>
     <w:rsid w:val="009E1FB0"/>
     <w:rsid w:val="009E2070"/>
     <w:rsid w:val="009E248E"/>
     <w:rsid w:val="009E299B"/>
     <w:rsid w:val="009E2FF5"/>
     <w:rsid w:val="009E3E2A"/>
     <w:rsid w:val="009E40F0"/>
     <w:rsid w:val="009E41C0"/>
     <w:rsid w:val="009E433A"/>
     <w:rsid w:val="009E4829"/>
     <w:rsid w:val="009E532A"/>
     <w:rsid w:val="009E540D"/>
     <w:rsid w:val="009E5412"/>
     <w:rsid w:val="009E5859"/>
     <w:rsid w:val="009E61B4"/>
     <w:rsid w:val="009E62E9"/>
     <w:rsid w:val="009E6B72"/>
     <w:rsid w:val="009E7892"/>
     <w:rsid w:val="009E7AC0"/>
     <w:rsid w:val="009E7E04"/>
+    <w:rsid w:val="009F01FC"/>
     <w:rsid w:val="009F06BC"/>
     <w:rsid w:val="009F0CEF"/>
     <w:rsid w:val="009F0DD7"/>
     <w:rsid w:val="009F106E"/>
     <w:rsid w:val="009F1194"/>
     <w:rsid w:val="009F123F"/>
     <w:rsid w:val="009F12FF"/>
     <w:rsid w:val="009F162B"/>
+    <w:rsid w:val="009F1A85"/>
     <w:rsid w:val="009F1B62"/>
     <w:rsid w:val="009F2157"/>
     <w:rsid w:val="009F2186"/>
     <w:rsid w:val="009F242D"/>
     <w:rsid w:val="009F26FF"/>
     <w:rsid w:val="009F2D62"/>
     <w:rsid w:val="009F2E59"/>
     <w:rsid w:val="009F31FE"/>
     <w:rsid w:val="009F32FA"/>
     <w:rsid w:val="009F36FB"/>
     <w:rsid w:val="009F3B1D"/>
     <w:rsid w:val="009F4037"/>
     <w:rsid w:val="009F4143"/>
     <w:rsid w:val="009F4150"/>
     <w:rsid w:val="009F481A"/>
     <w:rsid w:val="009F4C48"/>
     <w:rsid w:val="009F4CE8"/>
     <w:rsid w:val="009F5072"/>
     <w:rsid w:val="009F531D"/>
     <w:rsid w:val="009F545C"/>
     <w:rsid w:val="009F58D3"/>
     <w:rsid w:val="009F5A90"/>
     <w:rsid w:val="009F5CA6"/>
+    <w:rsid w:val="009F5DB1"/>
     <w:rsid w:val="009F5E78"/>
     <w:rsid w:val="009F5FDE"/>
     <w:rsid w:val="009F609A"/>
+    <w:rsid w:val="009F62F3"/>
     <w:rsid w:val="009F6987"/>
     <w:rsid w:val="009F6BFD"/>
     <w:rsid w:val="009F7CA4"/>
     <w:rsid w:val="009F7FEC"/>
     <w:rsid w:val="00A001AE"/>
     <w:rsid w:val="00A001C5"/>
     <w:rsid w:val="00A001F6"/>
     <w:rsid w:val="00A003E9"/>
     <w:rsid w:val="00A005D0"/>
     <w:rsid w:val="00A00C11"/>
     <w:rsid w:val="00A01057"/>
     <w:rsid w:val="00A018B0"/>
     <w:rsid w:val="00A01C8A"/>
     <w:rsid w:val="00A02103"/>
     <w:rsid w:val="00A02384"/>
     <w:rsid w:val="00A0254C"/>
     <w:rsid w:val="00A02CFF"/>
     <w:rsid w:val="00A02DB0"/>
     <w:rsid w:val="00A03257"/>
     <w:rsid w:val="00A0393E"/>
     <w:rsid w:val="00A0399F"/>
     <w:rsid w:val="00A03C47"/>
     <w:rsid w:val="00A03D50"/>
     <w:rsid w:val="00A03FA5"/>
     <w:rsid w:val="00A0429B"/>
     <w:rsid w:val="00A048AB"/>
     <w:rsid w:val="00A04D86"/>
     <w:rsid w:val="00A04ED9"/>
     <w:rsid w:val="00A0500E"/>
     <w:rsid w:val="00A0505E"/>
     <w:rsid w:val="00A051EC"/>
     <w:rsid w:val="00A052C5"/>
     <w:rsid w:val="00A0538A"/>
     <w:rsid w:val="00A059A1"/>
     <w:rsid w:val="00A05A24"/>
     <w:rsid w:val="00A05B6B"/>
     <w:rsid w:val="00A05EF2"/>
     <w:rsid w:val="00A061AA"/>
     <w:rsid w:val="00A0663E"/>
     <w:rsid w:val="00A06B0E"/>
     <w:rsid w:val="00A06D5B"/>
     <w:rsid w:val="00A07258"/>
     <w:rsid w:val="00A0791E"/>
     <w:rsid w:val="00A07965"/>
     <w:rsid w:val="00A07C98"/>
     <w:rsid w:val="00A07E4B"/>
     <w:rsid w:val="00A1027C"/>
     <w:rsid w:val="00A10529"/>
     <w:rsid w:val="00A10A11"/>
     <w:rsid w:val="00A11412"/>
+    <w:rsid w:val="00A11812"/>
     <w:rsid w:val="00A11939"/>
     <w:rsid w:val="00A11A9B"/>
     <w:rsid w:val="00A129E5"/>
     <w:rsid w:val="00A12A0E"/>
     <w:rsid w:val="00A12BC9"/>
     <w:rsid w:val="00A12F15"/>
     <w:rsid w:val="00A1371B"/>
     <w:rsid w:val="00A13863"/>
     <w:rsid w:val="00A13898"/>
     <w:rsid w:val="00A139E2"/>
     <w:rsid w:val="00A13E62"/>
     <w:rsid w:val="00A14161"/>
     <w:rsid w:val="00A142C9"/>
     <w:rsid w:val="00A145A7"/>
     <w:rsid w:val="00A145AE"/>
     <w:rsid w:val="00A1460B"/>
     <w:rsid w:val="00A147E3"/>
     <w:rsid w:val="00A150F2"/>
     <w:rsid w:val="00A152B5"/>
     <w:rsid w:val="00A15A94"/>
     <w:rsid w:val="00A15CBE"/>
     <w:rsid w:val="00A15FB6"/>
     <w:rsid w:val="00A1604E"/>
     <w:rsid w:val="00A1624C"/>
     <w:rsid w:val="00A168CC"/>
@@ -9088,85 +9089,87 @@
     <w:rsid w:val="00A77050"/>
     <w:rsid w:val="00A772CD"/>
     <w:rsid w:val="00A7734E"/>
     <w:rsid w:val="00A775B8"/>
     <w:rsid w:val="00A77859"/>
     <w:rsid w:val="00A778DA"/>
     <w:rsid w:val="00A77A90"/>
     <w:rsid w:val="00A77AE8"/>
     <w:rsid w:val="00A77F3D"/>
     <w:rsid w:val="00A8004B"/>
     <w:rsid w:val="00A8034F"/>
     <w:rsid w:val="00A804B1"/>
     <w:rsid w:val="00A806FE"/>
     <w:rsid w:val="00A80786"/>
     <w:rsid w:val="00A807E8"/>
     <w:rsid w:val="00A80892"/>
     <w:rsid w:val="00A80A8C"/>
     <w:rsid w:val="00A816B2"/>
     <w:rsid w:val="00A81894"/>
     <w:rsid w:val="00A818A3"/>
     <w:rsid w:val="00A81932"/>
     <w:rsid w:val="00A81AC8"/>
     <w:rsid w:val="00A81C6C"/>
     <w:rsid w:val="00A81C85"/>
     <w:rsid w:val="00A81E95"/>
+    <w:rsid w:val="00A826EA"/>
     <w:rsid w:val="00A8271D"/>
     <w:rsid w:val="00A82902"/>
     <w:rsid w:val="00A829D4"/>
     <w:rsid w:val="00A82A1D"/>
     <w:rsid w:val="00A82B63"/>
     <w:rsid w:val="00A82D0F"/>
     <w:rsid w:val="00A83246"/>
     <w:rsid w:val="00A83441"/>
     <w:rsid w:val="00A835BB"/>
     <w:rsid w:val="00A83840"/>
     <w:rsid w:val="00A83CD2"/>
     <w:rsid w:val="00A83E38"/>
     <w:rsid w:val="00A84067"/>
     <w:rsid w:val="00A84B34"/>
     <w:rsid w:val="00A84F92"/>
     <w:rsid w:val="00A853DC"/>
     <w:rsid w:val="00A85428"/>
     <w:rsid w:val="00A85496"/>
     <w:rsid w:val="00A8584E"/>
     <w:rsid w:val="00A85DAD"/>
     <w:rsid w:val="00A861E5"/>
     <w:rsid w:val="00A862A1"/>
     <w:rsid w:val="00A86B7C"/>
     <w:rsid w:val="00A86D1A"/>
     <w:rsid w:val="00A87567"/>
     <w:rsid w:val="00A8762F"/>
     <w:rsid w:val="00A8783F"/>
     <w:rsid w:val="00A8796B"/>
     <w:rsid w:val="00A87A97"/>
     <w:rsid w:val="00A90072"/>
     <w:rsid w:val="00A90129"/>
     <w:rsid w:val="00A90320"/>
     <w:rsid w:val="00A90352"/>
     <w:rsid w:val="00A904E6"/>
     <w:rsid w:val="00A9069C"/>
+    <w:rsid w:val="00A907A1"/>
     <w:rsid w:val="00A9099B"/>
     <w:rsid w:val="00A911DF"/>
     <w:rsid w:val="00A91934"/>
     <w:rsid w:val="00A91B1B"/>
     <w:rsid w:val="00A92278"/>
     <w:rsid w:val="00A92883"/>
     <w:rsid w:val="00A92924"/>
     <w:rsid w:val="00A92D25"/>
     <w:rsid w:val="00A93382"/>
     <w:rsid w:val="00A933C5"/>
     <w:rsid w:val="00A94254"/>
     <w:rsid w:val="00A94525"/>
     <w:rsid w:val="00A94684"/>
     <w:rsid w:val="00A94F28"/>
     <w:rsid w:val="00A95013"/>
     <w:rsid w:val="00A95078"/>
     <w:rsid w:val="00A95214"/>
     <w:rsid w:val="00A95237"/>
     <w:rsid w:val="00A956D2"/>
     <w:rsid w:val="00A9593A"/>
     <w:rsid w:val="00A95BBA"/>
     <w:rsid w:val="00A9640D"/>
     <w:rsid w:val="00A9653B"/>
     <w:rsid w:val="00A96B45"/>
     <w:rsid w:val="00A96DD5"/>
@@ -9177,50 +9180,51 @@
     <w:rsid w:val="00AA0065"/>
     <w:rsid w:val="00AA0B03"/>
     <w:rsid w:val="00AA0C6E"/>
     <w:rsid w:val="00AA0F09"/>
     <w:rsid w:val="00AA1395"/>
     <w:rsid w:val="00AA1811"/>
     <w:rsid w:val="00AA1A5D"/>
     <w:rsid w:val="00AA1D20"/>
     <w:rsid w:val="00AA2184"/>
     <w:rsid w:val="00AA23BD"/>
     <w:rsid w:val="00AA241E"/>
     <w:rsid w:val="00AA26BB"/>
     <w:rsid w:val="00AA2963"/>
     <w:rsid w:val="00AA2981"/>
     <w:rsid w:val="00AA2DD7"/>
     <w:rsid w:val="00AA33C3"/>
     <w:rsid w:val="00AA3494"/>
     <w:rsid w:val="00AA3586"/>
     <w:rsid w:val="00AA3766"/>
     <w:rsid w:val="00AA38CC"/>
     <w:rsid w:val="00AA39A0"/>
     <w:rsid w:val="00AA3C79"/>
     <w:rsid w:val="00AA3E17"/>
     <w:rsid w:val="00AA3FB0"/>
     <w:rsid w:val="00AA4070"/>
+    <w:rsid w:val="00AA4275"/>
     <w:rsid w:val="00AA4485"/>
     <w:rsid w:val="00AA475E"/>
     <w:rsid w:val="00AA477D"/>
     <w:rsid w:val="00AA4968"/>
     <w:rsid w:val="00AA4A2F"/>
     <w:rsid w:val="00AA4DA9"/>
     <w:rsid w:val="00AA4EE6"/>
     <w:rsid w:val="00AA4F69"/>
     <w:rsid w:val="00AA55F2"/>
     <w:rsid w:val="00AA567B"/>
     <w:rsid w:val="00AA5BB2"/>
     <w:rsid w:val="00AA6C27"/>
     <w:rsid w:val="00AA6F33"/>
     <w:rsid w:val="00AA7193"/>
     <w:rsid w:val="00AA7595"/>
     <w:rsid w:val="00AA7919"/>
     <w:rsid w:val="00AA7B2E"/>
     <w:rsid w:val="00AA7FB5"/>
     <w:rsid w:val="00AB041F"/>
     <w:rsid w:val="00AB088A"/>
     <w:rsid w:val="00AB0D2F"/>
     <w:rsid w:val="00AB1085"/>
     <w:rsid w:val="00AB1BAA"/>
     <w:rsid w:val="00AB26D4"/>
     <w:rsid w:val="00AB2737"/>
@@ -9291,50 +9295,51 @@
     <w:rsid w:val="00AC55C0"/>
     <w:rsid w:val="00AC581D"/>
     <w:rsid w:val="00AC5CDA"/>
     <w:rsid w:val="00AC6706"/>
     <w:rsid w:val="00AC6976"/>
     <w:rsid w:val="00AC7208"/>
     <w:rsid w:val="00AC740F"/>
     <w:rsid w:val="00AD00F4"/>
     <w:rsid w:val="00AD02B2"/>
     <w:rsid w:val="00AD045C"/>
     <w:rsid w:val="00AD0483"/>
     <w:rsid w:val="00AD04EA"/>
     <w:rsid w:val="00AD0B23"/>
     <w:rsid w:val="00AD0BFB"/>
     <w:rsid w:val="00AD0C04"/>
     <w:rsid w:val="00AD1460"/>
     <w:rsid w:val="00AD15DF"/>
     <w:rsid w:val="00AD1841"/>
     <w:rsid w:val="00AD1C25"/>
     <w:rsid w:val="00AD1C44"/>
     <w:rsid w:val="00AD1F0D"/>
     <w:rsid w:val="00AD1F15"/>
     <w:rsid w:val="00AD1F3D"/>
     <w:rsid w:val="00AD2297"/>
     <w:rsid w:val="00AD22BC"/>
+    <w:rsid w:val="00AD2ACE"/>
     <w:rsid w:val="00AD3214"/>
     <w:rsid w:val="00AD38CF"/>
     <w:rsid w:val="00AD3F6C"/>
     <w:rsid w:val="00AD43CD"/>
     <w:rsid w:val="00AD45E4"/>
     <w:rsid w:val="00AD5372"/>
     <w:rsid w:val="00AD5842"/>
     <w:rsid w:val="00AD5979"/>
     <w:rsid w:val="00AD5AF2"/>
     <w:rsid w:val="00AD5E2F"/>
     <w:rsid w:val="00AD5E9F"/>
     <w:rsid w:val="00AD62D0"/>
     <w:rsid w:val="00AD675B"/>
     <w:rsid w:val="00AD6836"/>
     <w:rsid w:val="00AD6B8A"/>
     <w:rsid w:val="00AD6E7B"/>
     <w:rsid w:val="00AD6EC7"/>
     <w:rsid w:val="00AD75ED"/>
     <w:rsid w:val="00AD795A"/>
     <w:rsid w:val="00AD7C68"/>
     <w:rsid w:val="00AD7ECE"/>
     <w:rsid w:val="00AE0105"/>
     <w:rsid w:val="00AE018E"/>
     <w:rsid w:val="00AE128C"/>
     <w:rsid w:val="00AE163E"/>
@@ -9342,91 +9347,94 @@
     <w:rsid w:val="00AE2187"/>
     <w:rsid w:val="00AE2702"/>
     <w:rsid w:val="00AE28C5"/>
     <w:rsid w:val="00AE28FB"/>
     <w:rsid w:val="00AE2A27"/>
     <w:rsid w:val="00AE2A9C"/>
     <w:rsid w:val="00AE2D2A"/>
     <w:rsid w:val="00AE335D"/>
     <w:rsid w:val="00AE3539"/>
     <w:rsid w:val="00AE46EB"/>
     <w:rsid w:val="00AE4872"/>
     <w:rsid w:val="00AE4B24"/>
     <w:rsid w:val="00AE4EDD"/>
     <w:rsid w:val="00AE5477"/>
     <w:rsid w:val="00AE5CE4"/>
     <w:rsid w:val="00AE603F"/>
     <w:rsid w:val="00AE6326"/>
     <w:rsid w:val="00AE6D97"/>
     <w:rsid w:val="00AE6ED5"/>
     <w:rsid w:val="00AE6FC9"/>
     <w:rsid w:val="00AE6FF6"/>
     <w:rsid w:val="00AE7372"/>
     <w:rsid w:val="00AE74EB"/>
     <w:rsid w:val="00AE77B1"/>
     <w:rsid w:val="00AE7B5F"/>
+    <w:rsid w:val="00AF0181"/>
     <w:rsid w:val="00AF02A8"/>
     <w:rsid w:val="00AF0785"/>
     <w:rsid w:val="00AF0D85"/>
     <w:rsid w:val="00AF17B0"/>
     <w:rsid w:val="00AF1AF2"/>
     <w:rsid w:val="00AF2410"/>
     <w:rsid w:val="00AF2787"/>
     <w:rsid w:val="00AF29F2"/>
     <w:rsid w:val="00AF2B90"/>
     <w:rsid w:val="00AF3125"/>
     <w:rsid w:val="00AF33E0"/>
     <w:rsid w:val="00AF3C5B"/>
     <w:rsid w:val="00AF42F8"/>
     <w:rsid w:val="00AF45AA"/>
     <w:rsid w:val="00AF49C7"/>
     <w:rsid w:val="00AF500F"/>
     <w:rsid w:val="00AF514B"/>
     <w:rsid w:val="00AF51BF"/>
     <w:rsid w:val="00AF546E"/>
     <w:rsid w:val="00AF5FC7"/>
     <w:rsid w:val="00AF630E"/>
     <w:rsid w:val="00AF647E"/>
     <w:rsid w:val="00AF65C7"/>
     <w:rsid w:val="00AF6CF3"/>
     <w:rsid w:val="00AF6FEC"/>
     <w:rsid w:val="00AF70A6"/>
     <w:rsid w:val="00AF7551"/>
+    <w:rsid w:val="00AF75D6"/>
     <w:rsid w:val="00AF779C"/>
     <w:rsid w:val="00AF78A7"/>
     <w:rsid w:val="00AF7A46"/>
     <w:rsid w:val="00AF7E37"/>
     <w:rsid w:val="00AF7EB8"/>
     <w:rsid w:val="00B0057C"/>
     <w:rsid w:val="00B0061E"/>
     <w:rsid w:val="00B00A0C"/>
     <w:rsid w:val="00B01228"/>
     <w:rsid w:val="00B013EC"/>
     <w:rsid w:val="00B01F96"/>
     <w:rsid w:val="00B0225E"/>
     <w:rsid w:val="00B028F2"/>
     <w:rsid w:val="00B02A3A"/>
+    <w:rsid w:val="00B039A3"/>
     <w:rsid w:val="00B039BB"/>
     <w:rsid w:val="00B03C71"/>
     <w:rsid w:val="00B04571"/>
     <w:rsid w:val="00B049D3"/>
     <w:rsid w:val="00B05060"/>
     <w:rsid w:val="00B051D3"/>
     <w:rsid w:val="00B05518"/>
     <w:rsid w:val="00B05CC3"/>
     <w:rsid w:val="00B05D86"/>
     <w:rsid w:val="00B06786"/>
     <w:rsid w:val="00B06A34"/>
     <w:rsid w:val="00B06E07"/>
     <w:rsid w:val="00B06EEF"/>
     <w:rsid w:val="00B06F45"/>
     <w:rsid w:val="00B072E3"/>
     <w:rsid w:val="00B07644"/>
     <w:rsid w:val="00B07973"/>
     <w:rsid w:val="00B07E72"/>
     <w:rsid w:val="00B07FB2"/>
     <w:rsid w:val="00B10874"/>
     <w:rsid w:val="00B108E4"/>
     <w:rsid w:val="00B11174"/>
     <w:rsid w:val="00B11372"/>
     <w:rsid w:val="00B11946"/>
     <w:rsid w:val="00B11D2D"/>
@@ -9550,50 +9558,51 @@
     <w:rsid w:val="00B41B03"/>
     <w:rsid w:val="00B41EDB"/>
     <w:rsid w:val="00B42168"/>
     <w:rsid w:val="00B42343"/>
     <w:rsid w:val="00B42495"/>
     <w:rsid w:val="00B42513"/>
     <w:rsid w:val="00B425AC"/>
     <w:rsid w:val="00B42BF7"/>
     <w:rsid w:val="00B42C7D"/>
     <w:rsid w:val="00B42C8D"/>
     <w:rsid w:val="00B42F51"/>
     <w:rsid w:val="00B44723"/>
     <w:rsid w:val="00B449A1"/>
     <w:rsid w:val="00B44AC5"/>
     <w:rsid w:val="00B45198"/>
     <w:rsid w:val="00B4538B"/>
     <w:rsid w:val="00B4598C"/>
     <w:rsid w:val="00B469DF"/>
     <w:rsid w:val="00B46CAB"/>
     <w:rsid w:val="00B475F9"/>
     <w:rsid w:val="00B476B0"/>
     <w:rsid w:val="00B502FA"/>
     <w:rsid w:val="00B504CC"/>
     <w:rsid w:val="00B5077A"/>
     <w:rsid w:val="00B5085F"/>
+    <w:rsid w:val="00B509D1"/>
     <w:rsid w:val="00B50A25"/>
     <w:rsid w:val="00B50FBB"/>
     <w:rsid w:val="00B51547"/>
     <w:rsid w:val="00B517C3"/>
     <w:rsid w:val="00B5190F"/>
     <w:rsid w:val="00B5199D"/>
     <w:rsid w:val="00B51A82"/>
     <w:rsid w:val="00B51E3F"/>
     <w:rsid w:val="00B52C26"/>
     <w:rsid w:val="00B52CC5"/>
     <w:rsid w:val="00B52D28"/>
     <w:rsid w:val="00B530C0"/>
     <w:rsid w:val="00B53407"/>
     <w:rsid w:val="00B53B86"/>
     <w:rsid w:val="00B53F74"/>
     <w:rsid w:val="00B5401A"/>
     <w:rsid w:val="00B5404B"/>
     <w:rsid w:val="00B54055"/>
     <w:rsid w:val="00B54CE5"/>
     <w:rsid w:val="00B54E9C"/>
     <w:rsid w:val="00B55B00"/>
     <w:rsid w:val="00B56033"/>
     <w:rsid w:val="00B56100"/>
     <w:rsid w:val="00B563B8"/>
     <w:rsid w:val="00B56D83"/>
@@ -9629,58 +9638,60 @@
     <w:rsid w:val="00B65867"/>
     <w:rsid w:val="00B6589E"/>
     <w:rsid w:val="00B66916"/>
     <w:rsid w:val="00B66F5F"/>
     <w:rsid w:val="00B67207"/>
     <w:rsid w:val="00B67DAB"/>
     <w:rsid w:val="00B67F96"/>
     <w:rsid w:val="00B7019D"/>
     <w:rsid w:val="00B70412"/>
     <w:rsid w:val="00B704EC"/>
     <w:rsid w:val="00B70A7E"/>
     <w:rsid w:val="00B70BF9"/>
     <w:rsid w:val="00B70EDF"/>
     <w:rsid w:val="00B71790"/>
     <w:rsid w:val="00B71A0D"/>
     <w:rsid w:val="00B72526"/>
     <w:rsid w:val="00B72774"/>
     <w:rsid w:val="00B72DB1"/>
     <w:rsid w:val="00B7346B"/>
     <w:rsid w:val="00B74497"/>
     <w:rsid w:val="00B74785"/>
     <w:rsid w:val="00B747D5"/>
     <w:rsid w:val="00B74E46"/>
     <w:rsid w:val="00B74EA0"/>
     <w:rsid w:val="00B7503C"/>
+    <w:rsid w:val="00B75390"/>
     <w:rsid w:val="00B75972"/>
     <w:rsid w:val="00B75F06"/>
     <w:rsid w:val="00B762C7"/>
     <w:rsid w:val="00B764D4"/>
     <w:rsid w:val="00B767E0"/>
     <w:rsid w:val="00B76A28"/>
     <w:rsid w:val="00B76FDA"/>
     <w:rsid w:val="00B77124"/>
+    <w:rsid w:val="00B77295"/>
     <w:rsid w:val="00B775A5"/>
     <w:rsid w:val="00B775DE"/>
     <w:rsid w:val="00B778DB"/>
     <w:rsid w:val="00B77F35"/>
     <w:rsid w:val="00B80037"/>
     <w:rsid w:val="00B80226"/>
     <w:rsid w:val="00B8028F"/>
     <w:rsid w:val="00B806A1"/>
     <w:rsid w:val="00B80E58"/>
     <w:rsid w:val="00B8103A"/>
     <w:rsid w:val="00B8127B"/>
     <w:rsid w:val="00B817CB"/>
     <w:rsid w:val="00B81928"/>
     <w:rsid w:val="00B81C62"/>
     <w:rsid w:val="00B81F35"/>
     <w:rsid w:val="00B8257B"/>
     <w:rsid w:val="00B826C5"/>
     <w:rsid w:val="00B829B9"/>
     <w:rsid w:val="00B82D1C"/>
     <w:rsid w:val="00B82D7B"/>
     <w:rsid w:val="00B82FEB"/>
     <w:rsid w:val="00B83047"/>
     <w:rsid w:val="00B8304E"/>
     <w:rsid w:val="00B830BC"/>
     <w:rsid w:val="00B831C4"/>
@@ -9689,76 +9700,78 @@
     <w:rsid w:val="00B83E0E"/>
     <w:rsid w:val="00B8400E"/>
     <w:rsid w:val="00B841C0"/>
     <w:rsid w:val="00B84F56"/>
     <w:rsid w:val="00B853AF"/>
     <w:rsid w:val="00B85B59"/>
     <w:rsid w:val="00B85C53"/>
     <w:rsid w:val="00B85CD1"/>
     <w:rsid w:val="00B85DA7"/>
     <w:rsid w:val="00B85F26"/>
     <w:rsid w:val="00B86021"/>
     <w:rsid w:val="00B86500"/>
     <w:rsid w:val="00B865A5"/>
     <w:rsid w:val="00B86670"/>
     <w:rsid w:val="00B87522"/>
     <w:rsid w:val="00B878EA"/>
     <w:rsid w:val="00B87963"/>
     <w:rsid w:val="00B87BCE"/>
     <w:rsid w:val="00B90646"/>
     <w:rsid w:val="00B90757"/>
     <w:rsid w:val="00B90A35"/>
     <w:rsid w:val="00B90D27"/>
     <w:rsid w:val="00B91AB2"/>
     <w:rsid w:val="00B91B1A"/>
     <w:rsid w:val="00B91D62"/>
+    <w:rsid w:val="00B91F2E"/>
     <w:rsid w:val="00B924E1"/>
     <w:rsid w:val="00B926D7"/>
     <w:rsid w:val="00B9276F"/>
     <w:rsid w:val="00B92A50"/>
     <w:rsid w:val="00B92B6F"/>
     <w:rsid w:val="00B92C0A"/>
     <w:rsid w:val="00B92D8A"/>
     <w:rsid w:val="00B92F4D"/>
     <w:rsid w:val="00B93128"/>
     <w:rsid w:val="00B934D8"/>
     <w:rsid w:val="00B9351A"/>
     <w:rsid w:val="00B935AE"/>
     <w:rsid w:val="00B9367C"/>
     <w:rsid w:val="00B93AA1"/>
     <w:rsid w:val="00B93ABA"/>
     <w:rsid w:val="00B942EC"/>
     <w:rsid w:val="00B94463"/>
     <w:rsid w:val="00B947C6"/>
     <w:rsid w:val="00B94B4B"/>
     <w:rsid w:val="00B95445"/>
     <w:rsid w:val="00B95CCA"/>
     <w:rsid w:val="00B95F36"/>
     <w:rsid w:val="00B96303"/>
     <w:rsid w:val="00B9631F"/>
     <w:rsid w:val="00B96BCF"/>
     <w:rsid w:val="00B96EA4"/>
+    <w:rsid w:val="00B9767C"/>
     <w:rsid w:val="00B97B04"/>
     <w:rsid w:val="00B97C71"/>
     <w:rsid w:val="00BA0042"/>
     <w:rsid w:val="00BA041C"/>
     <w:rsid w:val="00BA094D"/>
     <w:rsid w:val="00BA099B"/>
     <w:rsid w:val="00BA0BB8"/>
     <w:rsid w:val="00BA0C90"/>
     <w:rsid w:val="00BA0CB0"/>
     <w:rsid w:val="00BA155B"/>
     <w:rsid w:val="00BA1A8B"/>
     <w:rsid w:val="00BA1AA8"/>
     <w:rsid w:val="00BA1B13"/>
     <w:rsid w:val="00BA1D1E"/>
     <w:rsid w:val="00BA20D5"/>
     <w:rsid w:val="00BA2306"/>
     <w:rsid w:val="00BA23FC"/>
     <w:rsid w:val="00BA28F4"/>
     <w:rsid w:val="00BA2FC7"/>
     <w:rsid w:val="00BA319C"/>
     <w:rsid w:val="00BA3569"/>
     <w:rsid w:val="00BA359E"/>
     <w:rsid w:val="00BA38E9"/>
     <w:rsid w:val="00BA3C34"/>
     <w:rsid w:val="00BA5411"/>
@@ -10259,50 +10272,51 @@
     <w:rsid w:val="00C85023"/>
     <w:rsid w:val="00C85413"/>
     <w:rsid w:val="00C8565A"/>
     <w:rsid w:val="00C85D33"/>
     <w:rsid w:val="00C85E8C"/>
     <w:rsid w:val="00C86279"/>
     <w:rsid w:val="00C8632E"/>
     <w:rsid w:val="00C86549"/>
     <w:rsid w:val="00C867DD"/>
     <w:rsid w:val="00C868D7"/>
     <w:rsid w:val="00C86BED"/>
     <w:rsid w:val="00C86D4D"/>
     <w:rsid w:val="00C86DCD"/>
     <w:rsid w:val="00C86F22"/>
     <w:rsid w:val="00C87076"/>
     <w:rsid w:val="00C87294"/>
     <w:rsid w:val="00C873EA"/>
     <w:rsid w:val="00C87909"/>
     <w:rsid w:val="00C87A77"/>
     <w:rsid w:val="00C87BAD"/>
     <w:rsid w:val="00C87CB8"/>
     <w:rsid w:val="00C87F64"/>
     <w:rsid w:val="00C901B3"/>
     <w:rsid w:val="00C901F4"/>
     <w:rsid w:val="00C902E5"/>
+    <w:rsid w:val="00C902FF"/>
     <w:rsid w:val="00C90347"/>
     <w:rsid w:val="00C90459"/>
     <w:rsid w:val="00C9067C"/>
     <w:rsid w:val="00C90B77"/>
     <w:rsid w:val="00C914AF"/>
     <w:rsid w:val="00C91525"/>
     <w:rsid w:val="00C918DB"/>
     <w:rsid w:val="00C91ED0"/>
     <w:rsid w:val="00C92656"/>
     <w:rsid w:val="00C92AAC"/>
     <w:rsid w:val="00C92B6C"/>
     <w:rsid w:val="00C92BC2"/>
     <w:rsid w:val="00C93103"/>
     <w:rsid w:val="00C93B3D"/>
     <w:rsid w:val="00C93C83"/>
     <w:rsid w:val="00C940C9"/>
     <w:rsid w:val="00C9415A"/>
     <w:rsid w:val="00C94624"/>
     <w:rsid w:val="00C946AD"/>
     <w:rsid w:val="00C94C70"/>
     <w:rsid w:val="00C94CE1"/>
     <w:rsid w:val="00C94E1A"/>
     <w:rsid w:val="00C94F11"/>
     <w:rsid w:val="00C951F5"/>
     <w:rsid w:val="00C952AC"/>
@@ -10452,50 +10466,51 @@
     <w:rsid w:val="00CD7B3E"/>
     <w:rsid w:val="00CD7DBE"/>
     <w:rsid w:val="00CD7F51"/>
     <w:rsid w:val="00CE046B"/>
     <w:rsid w:val="00CE06A2"/>
     <w:rsid w:val="00CE0731"/>
     <w:rsid w:val="00CE0EAC"/>
     <w:rsid w:val="00CE14DE"/>
     <w:rsid w:val="00CE187E"/>
     <w:rsid w:val="00CE18F2"/>
     <w:rsid w:val="00CE19DE"/>
     <w:rsid w:val="00CE1E8E"/>
     <w:rsid w:val="00CE1E96"/>
     <w:rsid w:val="00CE2074"/>
     <w:rsid w:val="00CE2A5F"/>
     <w:rsid w:val="00CE2C9E"/>
     <w:rsid w:val="00CE2D7D"/>
     <w:rsid w:val="00CE3084"/>
     <w:rsid w:val="00CE3B08"/>
     <w:rsid w:val="00CE40DB"/>
     <w:rsid w:val="00CE4342"/>
     <w:rsid w:val="00CE51C1"/>
     <w:rsid w:val="00CE51CC"/>
     <w:rsid w:val="00CE5267"/>
     <w:rsid w:val="00CE5665"/>
+    <w:rsid w:val="00CE56FE"/>
     <w:rsid w:val="00CE5BD5"/>
     <w:rsid w:val="00CE5D0B"/>
     <w:rsid w:val="00CE5F73"/>
     <w:rsid w:val="00CE5FD6"/>
     <w:rsid w:val="00CE63E2"/>
     <w:rsid w:val="00CE6683"/>
     <w:rsid w:val="00CE7141"/>
     <w:rsid w:val="00CE7301"/>
     <w:rsid w:val="00CE7499"/>
     <w:rsid w:val="00CF05D2"/>
     <w:rsid w:val="00CF1912"/>
     <w:rsid w:val="00CF1BF6"/>
     <w:rsid w:val="00CF20E2"/>
     <w:rsid w:val="00CF2734"/>
     <w:rsid w:val="00CF3055"/>
     <w:rsid w:val="00CF3457"/>
     <w:rsid w:val="00CF3742"/>
     <w:rsid w:val="00CF3AA2"/>
     <w:rsid w:val="00CF3E14"/>
     <w:rsid w:val="00CF46C5"/>
     <w:rsid w:val="00CF4D75"/>
     <w:rsid w:val="00CF4EEC"/>
     <w:rsid w:val="00CF515F"/>
     <w:rsid w:val="00CF528E"/>
     <w:rsid w:val="00CF576B"/>
@@ -10521,50 +10536,51 @@
     <w:rsid w:val="00D00C7F"/>
     <w:rsid w:val="00D00D00"/>
     <w:rsid w:val="00D01BEB"/>
     <w:rsid w:val="00D01D97"/>
     <w:rsid w:val="00D01E5B"/>
     <w:rsid w:val="00D01F7B"/>
     <w:rsid w:val="00D029DE"/>
     <w:rsid w:val="00D03038"/>
     <w:rsid w:val="00D030C1"/>
     <w:rsid w:val="00D031D6"/>
     <w:rsid w:val="00D03451"/>
     <w:rsid w:val="00D03C6B"/>
     <w:rsid w:val="00D03CEC"/>
     <w:rsid w:val="00D041CB"/>
     <w:rsid w:val="00D0420D"/>
     <w:rsid w:val="00D0433B"/>
     <w:rsid w:val="00D0482F"/>
     <w:rsid w:val="00D0490F"/>
     <w:rsid w:val="00D049BA"/>
     <w:rsid w:val="00D04D4E"/>
     <w:rsid w:val="00D05266"/>
     <w:rsid w:val="00D05451"/>
     <w:rsid w:val="00D055E2"/>
     <w:rsid w:val="00D0598A"/>
     <w:rsid w:val="00D0643D"/>
+    <w:rsid w:val="00D06678"/>
     <w:rsid w:val="00D0675A"/>
     <w:rsid w:val="00D06A33"/>
     <w:rsid w:val="00D07273"/>
     <w:rsid w:val="00D072E6"/>
     <w:rsid w:val="00D07556"/>
     <w:rsid w:val="00D07780"/>
     <w:rsid w:val="00D078D5"/>
     <w:rsid w:val="00D07CE2"/>
     <w:rsid w:val="00D07FFD"/>
     <w:rsid w:val="00D1000C"/>
     <w:rsid w:val="00D10B3B"/>
     <w:rsid w:val="00D10D40"/>
     <w:rsid w:val="00D112E2"/>
     <w:rsid w:val="00D112EF"/>
     <w:rsid w:val="00D11663"/>
     <w:rsid w:val="00D1191F"/>
     <w:rsid w:val="00D11E01"/>
     <w:rsid w:val="00D12514"/>
     <w:rsid w:val="00D12579"/>
     <w:rsid w:val="00D12CB3"/>
     <w:rsid w:val="00D12E81"/>
     <w:rsid w:val="00D12E9A"/>
     <w:rsid w:val="00D13894"/>
     <w:rsid w:val="00D13AB6"/>
     <w:rsid w:val="00D13E49"/>
@@ -10664,50 +10680,51 @@
     <w:rsid w:val="00D40333"/>
     <w:rsid w:val="00D403EB"/>
     <w:rsid w:val="00D410FB"/>
     <w:rsid w:val="00D41170"/>
     <w:rsid w:val="00D4170F"/>
     <w:rsid w:val="00D41E90"/>
     <w:rsid w:val="00D42565"/>
     <w:rsid w:val="00D428E0"/>
     <w:rsid w:val="00D43045"/>
     <w:rsid w:val="00D431AD"/>
     <w:rsid w:val="00D43622"/>
     <w:rsid w:val="00D43BA0"/>
     <w:rsid w:val="00D4441D"/>
     <w:rsid w:val="00D4451D"/>
     <w:rsid w:val="00D445BF"/>
     <w:rsid w:val="00D44820"/>
     <w:rsid w:val="00D449BB"/>
     <w:rsid w:val="00D44B0A"/>
     <w:rsid w:val="00D44C31"/>
     <w:rsid w:val="00D45053"/>
     <w:rsid w:val="00D45668"/>
     <w:rsid w:val="00D459E3"/>
     <w:rsid w:val="00D45B6F"/>
     <w:rsid w:val="00D45BB3"/>
     <w:rsid w:val="00D46092"/>
+    <w:rsid w:val="00D461BC"/>
     <w:rsid w:val="00D464E9"/>
     <w:rsid w:val="00D467CA"/>
     <w:rsid w:val="00D46830"/>
     <w:rsid w:val="00D46921"/>
     <w:rsid w:val="00D46BA2"/>
     <w:rsid w:val="00D47060"/>
     <w:rsid w:val="00D4752C"/>
     <w:rsid w:val="00D47AD5"/>
     <w:rsid w:val="00D47B50"/>
     <w:rsid w:val="00D47C8F"/>
     <w:rsid w:val="00D47DD9"/>
     <w:rsid w:val="00D47FD3"/>
     <w:rsid w:val="00D50048"/>
     <w:rsid w:val="00D5022C"/>
     <w:rsid w:val="00D50929"/>
     <w:rsid w:val="00D50C69"/>
     <w:rsid w:val="00D50D12"/>
     <w:rsid w:val="00D51385"/>
     <w:rsid w:val="00D51846"/>
     <w:rsid w:val="00D51AF5"/>
     <w:rsid w:val="00D51D2F"/>
     <w:rsid w:val="00D520A9"/>
     <w:rsid w:val="00D52A1F"/>
     <w:rsid w:val="00D52BFE"/>
     <w:rsid w:val="00D53109"/>
@@ -10726,84 +10743,86 @@
     <w:rsid w:val="00D56882"/>
     <w:rsid w:val="00D568F0"/>
     <w:rsid w:val="00D56B1D"/>
     <w:rsid w:val="00D57AAA"/>
     <w:rsid w:val="00D57EB5"/>
     <w:rsid w:val="00D60014"/>
     <w:rsid w:val="00D60360"/>
     <w:rsid w:val="00D60580"/>
     <w:rsid w:val="00D61357"/>
     <w:rsid w:val="00D613D9"/>
     <w:rsid w:val="00D615E0"/>
     <w:rsid w:val="00D617C8"/>
     <w:rsid w:val="00D61E1D"/>
     <w:rsid w:val="00D62226"/>
     <w:rsid w:val="00D62237"/>
     <w:rsid w:val="00D6238E"/>
     <w:rsid w:val="00D623C0"/>
     <w:rsid w:val="00D62768"/>
     <w:rsid w:val="00D62C76"/>
     <w:rsid w:val="00D62F3A"/>
     <w:rsid w:val="00D63118"/>
     <w:rsid w:val="00D63B86"/>
     <w:rsid w:val="00D64EDE"/>
     <w:rsid w:val="00D65529"/>
     <w:rsid w:val="00D655D9"/>
+    <w:rsid w:val="00D65AC0"/>
     <w:rsid w:val="00D65FEF"/>
     <w:rsid w:val="00D6613D"/>
     <w:rsid w:val="00D6662D"/>
     <w:rsid w:val="00D6696E"/>
     <w:rsid w:val="00D66BA0"/>
     <w:rsid w:val="00D66C89"/>
     <w:rsid w:val="00D66CB6"/>
     <w:rsid w:val="00D66D73"/>
     <w:rsid w:val="00D66DC0"/>
     <w:rsid w:val="00D67389"/>
     <w:rsid w:val="00D677A0"/>
     <w:rsid w:val="00D70778"/>
     <w:rsid w:val="00D70995"/>
     <w:rsid w:val="00D70E12"/>
     <w:rsid w:val="00D714E3"/>
     <w:rsid w:val="00D71593"/>
     <w:rsid w:val="00D7189B"/>
     <w:rsid w:val="00D719CA"/>
     <w:rsid w:val="00D71E6D"/>
     <w:rsid w:val="00D72686"/>
     <w:rsid w:val="00D729C5"/>
     <w:rsid w:val="00D72CFE"/>
     <w:rsid w:val="00D72E27"/>
     <w:rsid w:val="00D73097"/>
     <w:rsid w:val="00D73325"/>
     <w:rsid w:val="00D73544"/>
     <w:rsid w:val="00D737DE"/>
     <w:rsid w:val="00D738DF"/>
     <w:rsid w:val="00D73BCD"/>
     <w:rsid w:val="00D73BFE"/>
     <w:rsid w:val="00D73FF5"/>
     <w:rsid w:val="00D74375"/>
     <w:rsid w:val="00D74841"/>
     <w:rsid w:val="00D74892"/>
+    <w:rsid w:val="00D7506E"/>
     <w:rsid w:val="00D750A1"/>
     <w:rsid w:val="00D750F9"/>
     <w:rsid w:val="00D75195"/>
     <w:rsid w:val="00D751C7"/>
     <w:rsid w:val="00D754C9"/>
     <w:rsid w:val="00D7585D"/>
     <w:rsid w:val="00D760B0"/>
     <w:rsid w:val="00D771FA"/>
     <w:rsid w:val="00D77B07"/>
     <w:rsid w:val="00D803DC"/>
     <w:rsid w:val="00D80AB3"/>
     <w:rsid w:val="00D80F69"/>
     <w:rsid w:val="00D81839"/>
     <w:rsid w:val="00D81896"/>
     <w:rsid w:val="00D81ABD"/>
     <w:rsid w:val="00D81E57"/>
     <w:rsid w:val="00D820F7"/>
     <w:rsid w:val="00D8234C"/>
     <w:rsid w:val="00D82CB0"/>
     <w:rsid w:val="00D83317"/>
     <w:rsid w:val="00D83BC3"/>
     <w:rsid w:val="00D83E62"/>
     <w:rsid w:val="00D83EA2"/>
     <w:rsid w:val="00D8427A"/>
     <w:rsid w:val="00D842FF"/>
@@ -10846,50 +10865,51 @@
     <w:rsid w:val="00D94CE4"/>
     <w:rsid w:val="00D94F8B"/>
     <w:rsid w:val="00D957ED"/>
     <w:rsid w:val="00D95910"/>
     <w:rsid w:val="00D95B31"/>
     <w:rsid w:val="00D95BA5"/>
     <w:rsid w:val="00D96406"/>
     <w:rsid w:val="00D96559"/>
     <w:rsid w:val="00D96B0E"/>
     <w:rsid w:val="00D96E4E"/>
     <w:rsid w:val="00D97774"/>
     <w:rsid w:val="00D978C9"/>
     <w:rsid w:val="00D97BA6"/>
     <w:rsid w:val="00D97CBD"/>
     <w:rsid w:val="00DA0A68"/>
     <w:rsid w:val="00DA1061"/>
     <w:rsid w:val="00DA10FF"/>
     <w:rsid w:val="00DA1148"/>
     <w:rsid w:val="00DA1159"/>
     <w:rsid w:val="00DA19CF"/>
     <w:rsid w:val="00DA19DE"/>
     <w:rsid w:val="00DA1AA9"/>
     <w:rsid w:val="00DA1BBD"/>
     <w:rsid w:val="00DA1F9F"/>
     <w:rsid w:val="00DA2134"/>
+    <w:rsid w:val="00DA23F8"/>
     <w:rsid w:val="00DA2542"/>
     <w:rsid w:val="00DA2699"/>
     <w:rsid w:val="00DA2A51"/>
     <w:rsid w:val="00DA2D6F"/>
     <w:rsid w:val="00DA35B1"/>
     <w:rsid w:val="00DA3871"/>
     <w:rsid w:val="00DA3A11"/>
     <w:rsid w:val="00DA3C85"/>
     <w:rsid w:val="00DA3C9D"/>
     <w:rsid w:val="00DA4662"/>
     <w:rsid w:val="00DA48FE"/>
     <w:rsid w:val="00DA4C63"/>
     <w:rsid w:val="00DA4E40"/>
     <w:rsid w:val="00DA552B"/>
     <w:rsid w:val="00DA585C"/>
     <w:rsid w:val="00DA59C1"/>
     <w:rsid w:val="00DA5CE8"/>
     <w:rsid w:val="00DA5E33"/>
     <w:rsid w:val="00DA5EA6"/>
     <w:rsid w:val="00DA657F"/>
     <w:rsid w:val="00DA65D0"/>
     <w:rsid w:val="00DA6805"/>
     <w:rsid w:val="00DA6E7A"/>
     <w:rsid w:val="00DA7161"/>
     <w:rsid w:val="00DA744B"/>
@@ -10962,100 +10982,103 @@
     <w:rsid w:val="00DC70D9"/>
     <w:rsid w:val="00DC735E"/>
     <w:rsid w:val="00DC767B"/>
     <w:rsid w:val="00DC7F9F"/>
     <w:rsid w:val="00DD015E"/>
     <w:rsid w:val="00DD0464"/>
     <w:rsid w:val="00DD0711"/>
     <w:rsid w:val="00DD07D8"/>
     <w:rsid w:val="00DD0BB3"/>
     <w:rsid w:val="00DD0D4B"/>
     <w:rsid w:val="00DD180F"/>
     <w:rsid w:val="00DD1871"/>
     <w:rsid w:val="00DD1977"/>
     <w:rsid w:val="00DD1A19"/>
     <w:rsid w:val="00DD2267"/>
     <w:rsid w:val="00DD278D"/>
     <w:rsid w:val="00DD2844"/>
     <w:rsid w:val="00DD2A18"/>
     <w:rsid w:val="00DD2D07"/>
     <w:rsid w:val="00DD30B8"/>
     <w:rsid w:val="00DD31FF"/>
     <w:rsid w:val="00DD33A0"/>
     <w:rsid w:val="00DD374D"/>
     <w:rsid w:val="00DD3865"/>
     <w:rsid w:val="00DD3BD1"/>
+    <w:rsid w:val="00DD3BE9"/>
     <w:rsid w:val="00DD3D17"/>
     <w:rsid w:val="00DD3E70"/>
     <w:rsid w:val="00DD3FC2"/>
     <w:rsid w:val="00DD43F6"/>
     <w:rsid w:val="00DD4562"/>
     <w:rsid w:val="00DD4900"/>
     <w:rsid w:val="00DD4973"/>
     <w:rsid w:val="00DD4E7C"/>
     <w:rsid w:val="00DD566E"/>
     <w:rsid w:val="00DD5C3D"/>
     <w:rsid w:val="00DD5EC4"/>
     <w:rsid w:val="00DD5FE4"/>
     <w:rsid w:val="00DD6019"/>
     <w:rsid w:val="00DD65AB"/>
     <w:rsid w:val="00DD6740"/>
     <w:rsid w:val="00DD74D3"/>
     <w:rsid w:val="00DD74EC"/>
     <w:rsid w:val="00DD7506"/>
     <w:rsid w:val="00DD7843"/>
     <w:rsid w:val="00DD788B"/>
     <w:rsid w:val="00DE0412"/>
     <w:rsid w:val="00DE04B8"/>
+    <w:rsid w:val="00DE0AA4"/>
     <w:rsid w:val="00DE0F52"/>
     <w:rsid w:val="00DE10FA"/>
     <w:rsid w:val="00DE141D"/>
     <w:rsid w:val="00DE1424"/>
     <w:rsid w:val="00DE1D6F"/>
     <w:rsid w:val="00DE202B"/>
     <w:rsid w:val="00DE210A"/>
     <w:rsid w:val="00DE2423"/>
     <w:rsid w:val="00DE2810"/>
     <w:rsid w:val="00DE29B1"/>
     <w:rsid w:val="00DE2AAE"/>
     <w:rsid w:val="00DE2B27"/>
     <w:rsid w:val="00DE2D79"/>
     <w:rsid w:val="00DE3244"/>
     <w:rsid w:val="00DE37F3"/>
     <w:rsid w:val="00DE39FB"/>
     <w:rsid w:val="00DE3C6F"/>
     <w:rsid w:val="00DE4646"/>
     <w:rsid w:val="00DE4B11"/>
     <w:rsid w:val="00DE5491"/>
     <w:rsid w:val="00DE5603"/>
     <w:rsid w:val="00DE5813"/>
     <w:rsid w:val="00DE5846"/>
     <w:rsid w:val="00DE5EC3"/>
     <w:rsid w:val="00DE5FB1"/>
     <w:rsid w:val="00DE6291"/>
     <w:rsid w:val="00DE64D2"/>
     <w:rsid w:val="00DE694A"/>
+    <w:rsid w:val="00DE6BA6"/>
     <w:rsid w:val="00DE7926"/>
     <w:rsid w:val="00DE7957"/>
     <w:rsid w:val="00DE79D4"/>
     <w:rsid w:val="00DE7A4F"/>
     <w:rsid w:val="00DF00DE"/>
     <w:rsid w:val="00DF0408"/>
     <w:rsid w:val="00DF0612"/>
     <w:rsid w:val="00DF0EB6"/>
     <w:rsid w:val="00DF1796"/>
     <w:rsid w:val="00DF1C92"/>
     <w:rsid w:val="00DF1D88"/>
     <w:rsid w:val="00DF1F8B"/>
     <w:rsid w:val="00DF2436"/>
     <w:rsid w:val="00DF25B7"/>
     <w:rsid w:val="00DF25F7"/>
     <w:rsid w:val="00DF28FB"/>
     <w:rsid w:val="00DF2910"/>
     <w:rsid w:val="00DF2C15"/>
     <w:rsid w:val="00DF329B"/>
     <w:rsid w:val="00DF371C"/>
     <w:rsid w:val="00DF3764"/>
     <w:rsid w:val="00DF38E0"/>
     <w:rsid w:val="00DF3B16"/>
     <w:rsid w:val="00DF3C46"/>
     <w:rsid w:val="00DF4232"/>
@@ -11072,50 +11095,51 @@
     <w:rsid w:val="00DF7C17"/>
     <w:rsid w:val="00DF7CC4"/>
     <w:rsid w:val="00DF7F14"/>
     <w:rsid w:val="00DF7FEA"/>
     <w:rsid w:val="00E00293"/>
     <w:rsid w:val="00E0047D"/>
     <w:rsid w:val="00E005EA"/>
     <w:rsid w:val="00E0097B"/>
     <w:rsid w:val="00E00C02"/>
     <w:rsid w:val="00E00F61"/>
     <w:rsid w:val="00E01224"/>
     <w:rsid w:val="00E01226"/>
     <w:rsid w:val="00E01AA7"/>
     <w:rsid w:val="00E01B0C"/>
     <w:rsid w:val="00E02533"/>
     <w:rsid w:val="00E0253F"/>
     <w:rsid w:val="00E028E2"/>
     <w:rsid w:val="00E03018"/>
     <w:rsid w:val="00E036A8"/>
     <w:rsid w:val="00E0382A"/>
     <w:rsid w:val="00E0397F"/>
     <w:rsid w:val="00E0487C"/>
     <w:rsid w:val="00E04E81"/>
     <w:rsid w:val="00E0562E"/>
     <w:rsid w:val="00E06174"/>
+    <w:rsid w:val="00E064BF"/>
     <w:rsid w:val="00E064CA"/>
     <w:rsid w:val="00E0697E"/>
     <w:rsid w:val="00E06A35"/>
     <w:rsid w:val="00E06D8D"/>
     <w:rsid w:val="00E06FA8"/>
     <w:rsid w:val="00E07475"/>
     <w:rsid w:val="00E07890"/>
     <w:rsid w:val="00E07E71"/>
     <w:rsid w:val="00E102F7"/>
     <w:rsid w:val="00E10321"/>
     <w:rsid w:val="00E10742"/>
     <w:rsid w:val="00E10EBF"/>
     <w:rsid w:val="00E116A0"/>
     <w:rsid w:val="00E1183C"/>
     <w:rsid w:val="00E118C7"/>
     <w:rsid w:val="00E11A35"/>
     <w:rsid w:val="00E11CB4"/>
     <w:rsid w:val="00E12136"/>
     <w:rsid w:val="00E12B0A"/>
     <w:rsid w:val="00E12B34"/>
     <w:rsid w:val="00E1335B"/>
     <w:rsid w:val="00E1343D"/>
     <w:rsid w:val="00E136FF"/>
     <w:rsid w:val="00E13805"/>
     <w:rsid w:val="00E13E2C"/>
@@ -11123,50 +11147,51 @@
     <w:rsid w:val="00E1406B"/>
     <w:rsid w:val="00E144AF"/>
     <w:rsid w:val="00E14A55"/>
     <w:rsid w:val="00E15013"/>
     <w:rsid w:val="00E15624"/>
     <w:rsid w:val="00E159AE"/>
     <w:rsid w:val="00E15BF4"/>
     <w:rsid w:val="00E15C0D"/>
     <w:rsid w:val="00E15E9E"/>
     <w:rsid w:val="00E16915"/>
     <w:rsid w:val="00E16A94"/>
     <w:rsid w:val="00E16AEA"/>
     <w:rsid w:val="00E16BE7"/>
     <w:rsid w:val="00E16FDB"/>
     <w:rsid w:val="00E1720C"/>
     <w:rsid w:val="00E17804"/>
     <w:rsid w:val="00E17858"/>
     <w:rsid w:val="00E178B5"/>
     <w:rsid w:val="00E17BEB"/>
     <w:rsid w:val="00E17DA1"/>
     <w:rsid w:val="00E2012C"/>
     <w:rsid w:val="00E203FB"/>
     <w:rsid w:val="00E20B17"/>
     <w:rsid w:val="00E20BFA"/>
     <w:rsid w:val="00E20D2E"/>
+    <w:rsid w:val="00E20E7C"/>
     <w:rsid w:val="00E20EBA"/>
     <w:rsid w:val="00E20EBB"/>
     <w:rsid w:val="00E2105C"/>
     <w:rsid w:val="00E216A6"/>
     <w:rsid w:val="00E21A33"/>
     <w:rsid w:val="00E21D32"/>
     <w:rsid w:val="00E225A1"/>
     <w:rsid w:val="00E226ED"/>
     <w:rsid w:val="00E22C03"/>
     <w:rsid w:val="00E22C69"/>
     <w:rsid w:val="00E22CC0"/>
     <w:rsid w:val="00E2304A"/>
     <w:rsid w:val="00E23230"/>
     <w:rsid w:val="00E2378E"/>
     <w:rsid w:val="00E237A9"/>
     <w:rsid w:val="00E23BE4"/>
     <w:rsid w:val="00E23EAE"/>
     <w:rsid w:val="00E24920"/>
     <w:rsid w:val="00E25665"/>
     <w:rsid w:val="00E25ADD"/>
     <w:rsid w:val="00E25BFB"/>
     <w:rsid w:val="00E25DFD"/>
     <w:rsid w:val="00E26D2A"/>
     <w:rsid w:val="00E26F3D"/>
     <w:rsid w:val="00E27050"/>
@@ -11184,109 +11209,112 @@
     <w:rsid w:val="00E32184"/>
     <w:rsid w:val="00E322A8"/>
     <w:rsid w:val="00E32C30"/>
     <w:rsid w:val="00E32FB1"/>
     <w:rsid w:val="00E3314C"/>
     <w:rsid w:val="00E33647"/>
     <w:rsid w:val="00E33E9C"/>
     <w:rsid w:val="00E33FD5"/>
     <w:rsid w:val="00E34A25"/>
     <w:rsid w:val="00E34AF9"/>
     <w:rsid w:val="00E34FD7"/>
     <w:rsid w:val="00E3509C"/>
     <w:rsid w:val="00E351A5"/>
     <w:rsid w:val="00E3545B"/>
     <w:rsid w:val="00E35575"/>
     <w:rsid w:val="00E35770"/>
     <w:rsid w:val="00E357B2"/>
     <w:rsid w:val="00E35DD1"/>
     <w:rsid w:val="00E35E52"/>
     <w:rsid w:val="00E36291"/>
     <w:rsid w:val="00E36620"/>
     <w:rsid w:val="00E36668"/>
     <w:rsid w:val="00E368C0"/>
     <w:rsid w:val="00E3692E"/>
     <w:rsid w:val="00E36A8D"/>
+    <w:rsid w:val="00E36ED8"/>
     <w:rsid w:val="00E376E3"/>
     <w:rsid w:val="00E37B3A"/>
     <w:rsid w:val="00E37CF4"/>
     <w:rsid w:val="00E40041"/>
     <w:rsid w:val="00E4051F"/>
     <w:rsid w:val="00E409F5"/>
     <w:rsid w:val="00E41145"/>
     <w:rsid w:val="00E415C0"/>
     <w:rsid w:val="00E41B80"/>
     <w:rsid w:val="00E41DB2"/>
     <w:rsid w:val="00E420F6"/>
     <w:rsid w:val="00E427B3"/>
     <w:rsid w:val="00E4289F"/>
     <w:rsid w:val="00E42905"/>
     <w:rsid w:val="00E42AD5"/>
     <w:rsid w:val="00E42B48"/>
     <w:rsid w:val="00E42D3E"/>
     <w:rsid w:val="00E42DED"/>
     <w:rsid w:val="00E42FA2"/>
     <w:rsid w:val="00E433AE"/>
+    <w:rsid w:val="00E43DDB"/>
     <w:rsid w:val="00E43EA2"/>
     <w:rsid w:val="00E43F52"/>
     <w:rsid w:val="00E4421E"/>
     <w:rsid w:val="00E446BA"/>
     <w:rsid w:val="00E446D0"/>
     <w:rsid w:val="00E44E15"/>
     <w:rsid w:val="00E44FED"/>
     <w:rsid w:val="00E45195"/>
     <w:rsid w:val="00E45230"/>
     <w:rsid w:val="00E45632"/>
     <w:rsid w:val="00E456E4"/>
     <w:rsid w:val="00E46060"/>
     <w:rsid w:val="00E46072"/>
     <w:rsid w:val="00E460C0"/>
     <w:rsid w:val="00E462F3"/>
     <w:rsid w:val="00E468A4"/>
     <w:rsid w:val="00E473C8"/>
     <w:rsid w:val="00E4757B"/>
     <w:rsid w:val="00E478B4"/>
     <w:rsid w:val="00E47DE5"/>
     <w:rsid w:val="00E47FA6"/>
     <w:rsid w:val="00E50092"/>
     <w:rsid w:val="00E50843"/>
     <w:rsid w:val="00E50F59"/>
     <w:rsid w:val="00E50FB7"/>
     <w:rsid w:val="00E51478"/>
     <w:rsid w:val="00E5151D"/>
     <w:rsid w:val="00E5182C"/>
     <w:rsid w:val="00E5198F"/>
     <w:rsid w:val="00E51C4F"/>
     <w:rsid w:val="00E51F2A"/>
     <w:rsid w:val="00E520A4"/>
     <w:rsid w:val="00E52345"/>
     <w:rsid w:val="00E52489"/>
     <w:rsid w:val="00E52704"/>
     <w:rsid w:val="00E5275A"/>
     <w:rsid w:val="00E528CE"/>
     <w:rsid w:val="00E52EDF"/>
     <w:rsid w:val="00E53C5B"/>
+    <w:rsid w:val="00E53ED6"/>
     <w:rsid w:val="00E5406A"/>
     <w:rsid w:val="00E55230"/>
     <w:rsid w:val="00E55368"/>
     <w:rsid w:val="00E5536C"/>
     <w:rsid w:val="00E5558E"/>
     <w:rsid w:val="00E5580D"/>
     <w:rsid w:val="00E55A35"/>
     <w:rsid w:val="00E55E1E"/>
     <w:rsid w:val="00E56539"/>
     <w:rsid w:val="00E56921"/>
     <w:rsid w:val="00E56B06"/>
     <w:rsid w:val="00E571AB"/>
     <w:rsid w:val="00E571BD"/>
     <w:rsid w:val="00E576B2"/>
     <w:rsid w:val="00E577E3"/>
     <w:rsid w:val="00E57918"/>
     <w:rsid w:val="00E579EA"/>
     <w:rsid w:val="00E57A23"/>
     <w:rsid w:val="00E6061B"/>
     <w:rsid w:val="00E60784"/>
     <w:rsid w:val="00E60D35"/>
     <w:rsid w:val="00E60F4B"/>
     <w:rsid w:val="00E61444"/>
     <w:rsid w:val="00E61F88"/>
     <w:rsid w:val="00E625AE"/>
@@ -11576,50 +11604,51 @@
     <w:rsid w:val="00EE2F6E"/>
     <w:rsid w:val="00EE32A8"/>
     <w:rsid w:val="00EE36F2"/>
     <w:rsid w:val="00EE3E32"/>
     <w:rsid w:val="00EE41D6"/>
     <w:rsid w:val="00EE41EA"/>
     <w:rsid w:val="00EE43C4"/>
     <w:rsid w:val="00EE4417"/>
     <w:rsid w:val="00EE4433"/>
     <w:rsid w:val="00EE4630"/>
     <w:rsid w:val="00EE4B53"/>
     <w:rsid w:val="00EE4B9F"/>
     <w:rsid w:val="00EE4E96"/>
     <w:rsid w:val="00EE50BE"/>
     <w:rsid w:val="00EE51AD"/>
     <w:rsid w:val="00EE5460"/>
     <w:rsid w:val="00EE548F"/>
     <w:rsid w:val="00EE58EE"/>
     <w:rsid w:val="00EE66C3"/>
     <w:rsid w:val="00EE683C"/>
     <w:rsid w:val="00EE6A7E"/>
     <w:rsid w:val="00EE7163"/>
     <w:rsid w:val="00EE71D7"/>
     <w:rsid w:val="00EE7535"/>
     <w:rsid w:val="00EE76EC"/>
+    <w:rsid w:val="00EE7930"/>
     <w:rsid w:val="00EE7DD0"/>
     <w:rsid w:val="00EF0548"/>
     <w:rsid w:val="00EF0DE1"/>
     <w:rsid w:val="00EF107B"/>
     <w:rsid w:val="00EF1435"/>
     <w:rsid w:val="00EF17D0"/>
     <w:rsid w:val="00EF1A01"/>
     <w:rsid w:val="00EF1BD9"/>
     <w:rsid w:val="00EF2028"/>
     <w:rsid w:val="00EF2481"/>
     <w:rsid w:val="00EF308D"/>
     <w:rsid w:val="00EF3356"/>
     <w:rsid w:val="00EF3663"/>
     <w:rsid w:val="00EF3B88"/>
     <w:rsid w:val="00EF3B9A"/>
     <w:rsid w:val="00EF3E1E"/>
     <w:rsid w:val="00EF4041"/>
     <w:rsid w:val="00EF461B"/>
     <w:rsid w:val="00EF4E3A"/>
     <w:rsid w:val="00EF5358"/>
     <w:rsid w:val="00EF53F9"/>
     <w:rsid w:val="00EF5C44"/>
     <w:rsid w:val="00EF5D27"/>
     <w:rsid w:val="00EF6642"/>
     <w:rsid w:val="00EF6691"/>
@@ -11753,50 +11782,51 @@
     <w:rsid w:val="00F34AC1"/>
     <w:rsid w:val="00F34AD3"/>
     <w:rsid w:val="00F34E86"/>
     <w:rsid w:val="00F3588D"/>
     <w:rsid w:val="00F35C94"/>
     <w:rsid w:val="00F35D16"/>
     <w:rsid w:val="00F35D9A"/>
     <w:rsid w:val="00F35F02"/>
     <w:rsid w:val="00F36139"/>
     <w:rsid w:val="00F361AB"/>
     <w:rsid w:val="00F365D0"/>
     <w:rsid w:val="00F36B9F"/>
     <w:rsid w:val="00F36E55"/>
     <w:rsid w:val="00F37798"/>
     <w:rsid w:val="00F3793C"/>
     <w:rsid w:val="00F37E20"/>
     <w:rsid w:val="00F40327"/>
     <w:rsid w:val="00F40CA7"/>
     <w:rsid w:val="00F41071"/>
     <w:rsid w:val="00F41486"/>
     <w:rsid w:val="00F415CC"/>
     <w:rsid w:val="00F41A20"/>
     <w:rsid w:val="00F41A38"/>
     <w:rsid w:val="00F41AA9"/>
     <w:rsid w:val="00F41B1C"/>
+    <w:rsid w:val="00F41C1C"/>
     <w:rsid w:val="00F42302"/>
     <w:rsid w:val="00F426FD"/>
     <w:rsid w:val="00F42C90"/>
     <w:rsid w:val="00F42DD1"/>
     <w:rsid w:val="00F42FEA"/>
     <w:rsid w:val="00F4348E"/>
     <w:rsid w:val="00F4355C"/>
     <w:rsid w:val="00F4364E"/>
     <w:rsid w:val="00F43B7D"/>
     <w:rsid w:val="00F43EFC"/>
     <w:rsid w:val="00F44159"/>
     <w:rsid w:val="00F4417C"/>
     <w:rsid w:val="00F44462"/>
     <w:rsid w:val="00F44A78"/>
     <w:rsid w:val="00F44C82"/>
     <w:rsid w:val="00F451E6"/>
     <w:rsid w:val="00F453D6"/>
     <w:rsid w:val="00F453FA"/>
     <w:rsid w:val="00F457FD"/>
     <w:rsid w:val="00F45BD0"/>
     <w:rsid w:val="00F45C55"/>
     <w:rsid w:val="00F45C62"/>
     <w:rsid w:val="00F45E33"/>
     <w:rsid w:val="00F46002"/>
     <w:rsid w:val="00F46070"/>
@@ -12961,69 +12991,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44440792-312D-4210-A662-5EA836B1D743}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>mittagskarte210220</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>283</Words>
-  <Characters>1789</Characters>
+  <Words>263</Words>
+  <Characters>1663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>edv</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2068</CharactersWithSpaces>
+  <CharactersWithSpaces>1923</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Krimpelstätter</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>